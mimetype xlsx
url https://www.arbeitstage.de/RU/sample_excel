--- v0 (2025-11-01)
+++ v1 (2026-01-28)
@@ -11,1512 +11,1540 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="налаштування" sheetId="1" r:id="rId4"/>
-[...3 lines deleted...]
-    <sheet name="років" sheetId="5" r:id="rId8"/>
+    <sheet name="Configuração" sheetId="1" r:id="rId4"/>
+    <sheet name="Dias" sheetId="2" r:id="rId5"/>
+    <sheet name="Semanas" sheetId="3" r:id="rId6"/>
+    <sheet name="Meses" sheetId="4" r:id="rId7"/>
+    <sheet name="Anos" sheetId="5" r:id="rId8"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/comments3.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Author</author>
   </authors>
   <commentList>
-    <comment ref="E3" authorId="0">
-[...15 lines deleted...]
-    </comment>
     <comment ref="E4" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Zweiter Weihnachtsfeiertag (понеділок, 26 грудень, 2022) 
-Neujahrstag (неділя, 1 січень, 2023) 
+          <t xml:space="preserve">Natal (segunda-feira, 25 dezembro, 2023) 
+Dia de Santo Estêvão (terça-feira, 26 dezembro, 2023) 
 </t>
         </r>
       </text>
     </comment>
     <comment ref="E5" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Heilige Drei Könige (п'ятниця, 6 січень, 2023) 
+          <t xml:space="preserve">Ano Novo (segunda-feira, 1 janeiro, 2024) 
+</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E14" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <rFont val="Calibri"/>
+            <b val="false"/>
+            <i val="false"/>
+            <strike val="false"/>
+            <color rgb="FF000000"/>
+            <sz val="11"/>
+            <u val="none"/>
+          </rPr>
+          <t xml:space="preserve">Dia Internacional da Mulher (sexta-feira, 8 março, 2024) 
+</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E17" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <rFont val="Calibri"/>
+            <b val="false"/>
+            <i val="false"/>
+            <strike val="false"/>
+            <color rgb="FF000000"/>
+            <sz val="11"/>
+            <u val="none"/>
+          </rPr>
+          <t xml:space="preserve">Sexta-Feira Santa (sexta-feira, 29 março, 2024) 
 </t>
         </r>
       </text>
     </comment>
     <comment ref="E18" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Karfreitag (п'ятниця, 7 квітень, 2023) 
-[...16 lines deleted...]
-          <t xml:space="preserve">Ostermontag (понеділок, 10 квітень, 2023) 
+          <t xml:space="preserve">Segunda-Feira de Páscoa (segunda-feira, 1 abril, 2024) 
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments4.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Author</author>
   </authors>
   <commentList>
     <comment ref="A2" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">четвер, 15 грудень, 2022 → субота, 31 грудень, 2022</t>
+          <t xml:space="preserve">sexta-feira, 15 dezembro, 2023 → domingo, 31 dezembro, 2023</t>
         </r>
       </text>
     </comment>
     <comment ref="E2" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Weihnachtstag (неділя, 25 грудень, 2022) 
-Zweiter Weihnachtsfeiertag (понеділок, 26 грудень, 2022) 
+          <t xml:space="preserve">Natal (segunda-feira, 25 dezembro, 2023) 
+Dia de Santo Estêvão (terça-feira, 26 dezembro, 2023) 
 </t>
         </r>
       </text>
     </comment>
     <comment ref="E3" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Neujahrstag (неділя, 1 січень, 2023) 
-Heilige Drei Könige (п'ятниця, 6 січень, 2023) 
+          <t xml:space="preserve">Ano Novo (segunda-feira, 1 janeiro, 2024) 
+</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E5" authorId="0">
+      <text>
+        <r>
+          <rPr>
+            <rFont val="Calibri"/>
+            <b val="false"/>
+            <i val="false"/>
+            <strike val="false"/>
+            <color rgb="FF000000"/>
+            <sz val="11"/>
+            <u val="none"/>
+          </rPr>
+          <t xml:space="preserve">Dia Internacional da Mulher (sexta-feira, 8 março, 2024) 
+Sexta-Feira Santa (sexta-feira, 29 março, 2024) 
 </t>
         </r>
       </text>
     </comment>
     <comment ref="E6" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Karfreitag (п'ятниця, 7 квітень, 2023) 
-Ostermontag (понеділок, 10 квітень, 2023) 
+          <t xml:space="preserve">Segunda-Feira de Páscoa (segunda-feira, 1 abril, 2024) 
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments5.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Author</author>
   </authors>
   <commentList>
     <comment ref="A2" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">четвер, 15 грудень, 2022 → субота, 31 грудень, 2022</t>
+          <t xml:space="preserve">sexta-feira, 15 dezembro, 2023 → domingo, 31 dezembro, 2023</t>
         </r>
       </text>
     </comment>
     <comment ref="E2" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Weihnachtstag (неділя, 25 грудень, 2022) 
-Zweiter Weihnachtsfeiertag (понеділок, 26 грудень, 2022) 
+          <t xml:space="preserve">Natal (segunda-feira, 25 dezembro, 2023) 
+Dia de Santo Estêvão (terça-feira, 26 dezembro, 2023) 
 </t>
         </r>
       </text>
     </comment>
     <comment ref="A3" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">неділя, 01 січень, 2023 → неділя, 30 квітень, 2023</t>
+          <t xml:space="preserve">segunda-feira, 01 janeiro, 2024 → terça-feira, 30 abril, 2024</t>
         </r>
       </text>
     </comment>
     <comment ref="E3" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Neujahrstag (неділя, 1 січень, 2023) 
-[...2 lines deleted...]
-Ostermontag (понеділок, 10 квітень, 2023) 
+          <t xml:space="preserve">Ano Novo (segunda-feira, 1 janeiro, 2024) 
+Dia Internacional da Mulher (sexta-feira, 8 março, 2024) 
+Sexta-Feira Santa (sexta-feira, 29 março, 2024) 
+Segunda-Feira de Páscoa (segunda-feira, 1 abril, 2024) 
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="394">
-[...13 lines deleted...]
-    <t>Країна</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="397">
+  <si>
+    <t>Data de começo</t>
+  </si>
+  <si>
+    <t>Sexta-feira, 15 dezembro, 2023</t>
+  </si>
+  <si>
+    <t>Data de fim</t>
+  </si>
+  <si>
+    <t>Terça-feira, 30 abril, 2024</t>
+  </si>
+  <si>
+    <t>País</t>
   </si>
   <si>
     <t>Deutschland</t>
   </si>
   <si>
-    <t>State</t>
-[...28 lines deleted...]
-    <t>понеділок</t>
+    <t>Estado</t>
+  </si>
+  <si>
+    <t>Berlin</t>
+  </si>
+  <si>
+    <t>Fim de semana</t>
+  </si>
+  <si>
+    <t>Sábado, domingo</t>
+  </si>
+  <si>
+    <t>Primeiro dia da semana</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>Horários 
+(manhã)</t>
+  </si>
+  <si>
+    <t>Horários 
+(tarde)</t>
+  </si>
+  <si>
+    <t>Horas de trabalho</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
   </si>
   <si>
     <t>08:00</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>18:00</t>
   </si>
   <si>
-    <t>вівторок</t>
+    <t>Terça-feira</t>
   </si>
   <si>
     <t>08:00</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>18:00</t>
   </si>
   <si>
-    <t>середа</t>
+    <t>Quarta-feira</t>
   </si>
   <si>
     <t>08:00</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>18:00</t>
   </si>
   <si>
-    <t>четвер</t>
+    <t>Quinta-feira</t>
   </si>
   <si>
     <t>08:00</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>18:00</t>
   </si>
   <si>
-    <t>п'ятниця</t>
+    <t>Sexta-feira</t>
   </si>
   <si>
     <t>08:00</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>18:00</t>
   </si>
   <si>
-    <t>субота</t>
+    <t>Sábado</t>
   </si>
   <si>
     <t>08:00</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>18:00</t>
   </si>
   <si>
-    <t>неділя</t>
+    <t>Domingo</t>
   </si>
   <si>
     <t>08:00</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>18:00</t>
   </si>
   <si>
-    <t>Дата 
+    <t>Data 
 (DD/MM/YYYY)</t>
   </si>
   <si>
-    <t>день</t>
-[...895 lines deleted...]
-    <t>святкові дні</t>
+    <t>Dia</t>
+  </si>
+  <si>
+    <t>Dia útil</t>
+  </si>
+  <si>
+    <t>Dia de fim de semana</t>
+  </si>
+  <si>
+    <t>Feriado</t>
+  </si>
+  <si>
+    <t>Descrição</t>
+  </si>
+  <si>
+    <t>Datas personalizadas</t>
+  </si>
+  <si>
+    <t>Numeração (dias úteis)</t>
+  </si>
+  <si>
+    <t>Horas de trabalho</t>
+  </si>
+  <si>
+    <t>Horários 
+(manhã)</t>
+  </si>
+  <si>
+    <t>Horários 
+(tarde)</t>
+  </si>
+  <si>
+    <t>Teletrabalho / dias</t>
+  </si>
+  <si>
+    <t>Teletrabalho / horas</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>15/12/2023</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>16/12/2023</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>17/12/2023</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>18/12/2023</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>19/12/2023</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>20/12/2023</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>21/12/2023</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>22/12/2023</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>23/12/2023</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>24/12/2023</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>25/12/2023</t>
+  </si>
+  <si>
+    <t>Natal</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>26/12/2023</t>
+  </si>
+  <si>
+    <t>Dia de Santo Estêvão</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>27/12/2023</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>28/12/2023</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>29/12/2023</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>30/12/2023</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>31/12/2023</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
+    <t>Ano Novo</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>02/01/2024</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>03/01/2024</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>04/01/2024</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>05/01/2024</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>06/01/2024</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>07/01/2024</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>08/01/2024</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>09/01/2024</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>10/01/2024</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>11/01/2024</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>12/01/2024</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>13/01/2024</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>14/01/2024</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>15/01/2024</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>16/01/2024</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>17/01/2024</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>18/01/2024</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>19/01/2024</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>20/01/2024</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>21/01/2024</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>22/01/2024</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>23/01/2024</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>24/01/2024</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>25/01/2024</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>26/01/2024</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>27/01/2024</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>28/01/2024</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>29/01/2024</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>30/01/2024</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>31/01/2024</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>01/02/2024</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>02/02/2024</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>03/02/2024</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>04/02/2024</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>05/02/2024</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>06/02/2024</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>07/02/2024</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>08/02/2024</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>09/02/2024</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>10/02/2024</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>11/02/2024</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>12/02/2024</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>13/02/2024</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>14/02/2024</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>15/02/2024</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>16/02/2024</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>17/02/2024</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>18/02/2024</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>19/02/2024</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>20/02/2024</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>21/02/2024</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>22/02/2024</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>23/02/2024</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>24/02/2024</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>25/02/2024</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>26/02/2024</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>27/02/2024</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>28/02/2024</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>29/02/2024</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>02/03/2024</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>03/03/2024</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>04/03/2024</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>05/03/2024</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>06/03/2024</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>07/03/2024</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>08/03/2024</t>
+  </si>
+  <si>
+    <t>Dia Internacional da Mulher</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>09/03/2024</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>10/03/2024</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>11/03/2024</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>12/03/2024</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>13/03/2024</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>14/03/2024</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>15/03/2024</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>16/03/2024</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>17/03/2024</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>18/03/2024</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>19/03/2024</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>20/03/2024</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>21/03/2024</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>22/03/2024</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>23/03/2024</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>24/03/2024</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>25/03/2024</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>26/03/2024</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>27/03/2024</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>28/03/2024</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>29/03/2024</t>
+  </si>
+  <si>
+    <t>Sexta-Feira Santa</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>30/03/2024</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>31/03/2024</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>01/04/2024</t>
+  </si>
+  <si>
+    <t>Segunda-Feira de Páscoa</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>02/04/2024</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>03/04/2024</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>04/04/2024</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>05/04/2024</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>06/04/2024</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>07/04/2024</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>08/04/2024</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>09/04/2024</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>10/04/2024</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>11/04/2024</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>12/04/2024</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>13/04/2024</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>14/04/2024</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>15/04/2024</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>16/04/2024</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>17/04/2024</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>18/04/2024</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>19/04/2024</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>20/04/2024</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>21/04/2024</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>22/04/2024</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>23/04/2024</t>
+  </si>
+  <si>
+    <t>Quarta-feira</t>
+  </si>
+  <si>
+    <t>24/04/2024</t>
+  </si>
+  <si>
+    <t>Quinta-feira</t>
+  </si>
+  <si>
+    <t>25/04/2024</t>
+  </si>
+  <si>
+    <t>Sexta-feira</t>
+  </si>
+  <si>
+    <t>26/04/2024</t>
+  </si>
+  <si>
+    <t>Sábado</t>
+  </si>
+  <si>
+    <t>27/04/2024</t>
+  </si>
+  <si>
+    <t>Domingo</t>
+  </si>
+  <si>
+    <t>28/04/2024</t>
+  </si>
+  <si>
+    <t>Segunda-feira</t>
+  </si>
+  <si>
+    <t>29/04/2024</t>
+  </si>
+  <si>
+    <t>Terça-feira</t>
+  </si>
+  <si>
+    <t>30/04/2024</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Sample file generated in 0.18 seconds by Arbeitstage.de</t>
+  </si>
+  <si>
+    <t>Semana</t>
+  </si>
+  <si>
+    <t>Dias</t>
+  </si>
+  <si>
+    <t>Dias úteis</t>
+  </si>
+  <si>
+    <t>Fim de semana</t>
+  </si>
+  <si>
+    <t>Feriados</t>
   </si>
   <si>
     <t>Custom dates</t>
   </si>
   <si>
-    <t>робочий час</t>
-[...77 lines deleted...]
-    <t>святкові дні</t>
+    <t>Horas de trabalho</t>
+  </si>
+  <si>
+    <t>15/12/2023 → 17/12/2023</t>
+  </si>
+  <si>
+    <t>18/12/2023 → 24/12/2023</t>
+  </si>
+  <si>
+    <t>25/12/2023 → 31/12/2023</t>
+  </si>
+  <si>
+    <t>01/01/2024 → 07/01/2024</t>
+  </si>
+  <si>
+    <t>08/01/2024 → 14/01/2024</t>
+  </si>
+  <si>
+    <t>15/01/2024 → 21/01/2024</t>
+  </si>
+  <si>
+    <t>22/01/2024 → 28/01/2024</t>
+  </si>
+  <si>
+    <t>29/01/2024 → 04/02/2024</t>
+  </si>
+  <si>
+    <t>05/02/2024 → 11/02/2024</t>
+  </si>
+  <si>
+    <t>12/02/2024 → 18/02/2024</t>
+  </si>
+  <si>
+    <t>19/02/2024 → 25/02/2024</t>
+  </si>
+  <si>
+    <t>26/02/2024 → 03/03/2024</t>
+  </si>
+  <si>
+    <t>04/03/2024 → 10/03/2024</t>
+  </si>
+  <si>
+    <t>11/03/2024 → 17/03/2024</t>
+  </si>
+  <si>
+    <t>18/03/2024 → 24/03/2024</t>
+  </si>
+  <si>
+    <t>25/03/2024 → 31/03/2024</t>
+  </si>
+  <si>
+    <t>01/04/2024 → 07/04/2024</t>
+  </si>
+  <si>
+    <t>08/04/2024 → 14/04/2024</t>
+  </si>
+  <si>
+    <t>15/04/2024 → 21/04/2024</t>
+  </si>
+  <si>
+    <t>22/04/2024 → 28/04/2024</t>
+  </si>
+  <si>
+    <t>29/04/2024 → 30/04/2024</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Mês</t>
+  </si>
+  <si>
+    <t>Dias</t>
+  </si>
+  <si>
+    <t>Dias úteis</t>
+  </si>
+  <si>
+    <t>Fim de semana</t>
+  </si>
+  <si>
+    <t>Feriados</t>
   </si>
   <si>
     <t>Custom dates</t>
   </si>
   <si>
-    <t>робочий час</t>
-[...32 lines deleted...]
-    <t>святкові дні</t>
+    <t>Horas de trabalho</t>
+  </si>
+  <si>
+    <t>Dezembro 2023</t>
+  </si>
+  <si>
+    <t>Janeiro 2024</t>
+  </si>
+  <si>
+    <t>Fevereiro 2024</t>
+  </si>
+  <si>
+    <t>Março 2024</t>
+  </si>
+  <si>
+    <t>Abril 2024</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Ano</t>
+  </si>
+  <si>
+    <t>Dias</t>
+  </si>
+  <si>
+    <t>Dias úteis</t>
+  </si>
+  <si>
+    <t>Fim de semana</t>
+  </si>
+  <si>
+    <t>Feriados</t>
   </si>
   <si>
     <t>Custom dates</t>
   </si>
   <si>
-    <t>робочий час</t>
-[...2 lines deleted...]
-    <t>загальний</t>
+    <t>Horas de trabalho</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
-  <numFmts count="0"/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="[=0]&quot;&quot;;0.##"/>
+    <numFmt numFmtId="165" formatCode="0.##"/>
+  </numFmts>
   <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1588,115 +1616,130 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFADD8E6"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="38">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="0" numFmtId="49" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="1" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="1" numFmtId="165" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="4" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="5" numFmtId="165" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="5" numFmtId="49" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="49" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="1" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="5" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="5" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="4" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="20" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="4" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
@@ -2019,7582 +2062,7625 @@
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="21.137695" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="29.421387" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993408" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10" customWidth="true" style="0"/>
     <col min="4" max="4" width="10" customWidth="true" style="0"/>
     <col min="5" max="5" width="10" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="0" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="40">
       <c r="B7" s="1"/>
       <c r="C7" s="3" t="s">
         <v>59</v>
       </c>
       <c r="D7" s="4"/>
       <c r="E7" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F7" s="4"/>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="0" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>47</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>48</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="B9" s="1" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>47</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>48</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="B10" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>47</v>
       </c>
       <c r="E10" s="4" t="s">
         <v>48</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="B11" s="1" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>47</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="B12" s="1" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>47</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>48</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="B13" s="5" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>47</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F13" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="B14" s="5" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>47</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="B15" s="1"/>
     </row>
     <row r="16" spans="1:6">
       <c r="B16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="E7:F7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T149"/>
+  <dimension ref="A1:T150"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D139" sqref="D139"/>
+      <selection pane="bottomLeft" activeCell="D140" sqref="D140"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="14" customWidth="true" style="10"/>
-[...8 lines deleted...]
-    <col min="10" max="10" width="0" customWidth="true" style="0"/>
+    <col min="17" max="17" width="9.10" hidden="true" style="10"/>
+    <col min="1" max="1" width="14" customWidth="true" style="11"/>
+    <col min="2" max="2" width="14" customWidth="true" style="11"/>
+    <col min="3" max="3" width="14" customWidth="true" style="12"/>
+    <col min="4" max="4" width="14" customWidth="true" style="12"/>
+    <col min="5" max="5" width="14" customWidth="true" style="12"/>
+    <col min="6" max="6" width="14" customWidth="true" style="12"/>
+    <col min="7" max="7" width="32.991943" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.10" hidden="true" style="0"/>
+    <col min="10" max="10" width="9.10" hidden="true" style="0"/>
     <col min="12" max="12" width="14" customWidth="true" style="0"/>
-    <col min="17" max="17" width="0" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="20" max="20" width="0" customWidth="true" style="0"/>
+    <col min="18" max="18" width="9.10" hidden="true" style="0"/>
+    <col min="19" max="19" width="14" hidden="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="14" hidden="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="14" customWidth="true" style="0"/>
     <col min="13" max="13" width="10" customWidth="true" style="0"/>
     <col min="14" max="14" width="10" customWidth="true" style="0"/>
     <col min="15" max="15" width="10" customWidth="true" style="0"/>
     <col min="16" max="16" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" customHeight="1" ht="40">
       <c r="A1" s="7" t="s">
         <v>50</v>
       </c>
       <c r="B1" s="7"/>
       <c r="C1" s="7" t="s">
         <v>51</v>
       </c>
       <c r="D1" s="7" t="s">
         <v>52</v>
       </c>
       <c r="E1" s="8" t="s">
         <v>53</v>
       </c>
       <c r="F1" s="7" t="s">
         <v>54</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>55</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J1" s="9"/>
-      <c r="K1" s="22" t="s">
+      <c r="K1" s="27" t="s">
         <v>57</v>
       </c>
       <c r="L1" s="8" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>59</v>
       </c>
       <c r="N1" s="4"/>
       <c r="O1" s="3" t="s">
         <v>60</v>
       </c>
       <c r="P1" s="4"/>
       <c r="Q1" s="9"/>
       <c r="R1" s="9"/>
       <c r="S1" s="2" t="s">
         <v>61</v>
       </c>
       <c r="T1" s="2" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="2" spans="1:20">
-      <c r="A2" s="10" t="s">
+      <c r="A2" s="11" t="s">
         <v>335</v>
       </c>
-      <c r="B2" s="10" t="s">
+      <c r="B2" s="11" t="s">
         <v>64</v>
       </c>
-      <c r="C2" s="11">
-[...8 lines deleted...]
-      <c r="F2" s="11">
+      <c r="C2" s="12">
+        <v>1</v>
+      </c>
+      <c r="D2" s="12">
+        <v>1</v>
+      </c>
+      <c r="E2" s="12">
+        <v>0</v>
+      </c>
+      <c r="F2" s="12">
         <v>0</v>
       </c>
       <c r="G2" s="0"/>
-      <c r="K2" s="23">
-[...2 lines deleted...]
-      <c r="L2" s="12" t="str">
+      <c r="K2" s="28">
+        <v>1</v>
+      </c>
+      <c r="L2" s="15" t="str">
         <f>24*(N2-M2+P2-O2)</f>
         <v>0</v>
       </c>
-      <c r="M2" s="27" t="str">
-        <f>'налаштування'!C11</f>
+      <c r="M2" s="32" t="str">
+        <f>'Configuração'!C12</f>
         <v>08:00</v>
       </c>
-      <c r="N2" s="27" t="str">
-        <f>'налаштування'!D11</f>
+      <c r="N2" s="32" t="str">
+        <f>'Configuração'!D12</f>
         <v>12:00</v>
       </c>
-      <c r="O2" s="27" t="str">
-        <f>'налаштування'!E11</f>
+      <c r="O2" s="32" t="str">
+        <f>'Configuração'!E12</f>
         <v>14:00</v>
       </c>
-      <c r="P2" s="27" t="str">
-        <f>'налаштування'!F11</f>
+      <c r="P2" s="32" t="str">
+        <f>'Configuração'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S2" s="0">
         <v>0</v>
       </c>
       <c r="T2" s="0">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
-      <c r="A3" s="10" t="s">
+    <row r="3" spans="1:20" s="16" customFormat="1">
+      <c r="A3" s="16" t="s">
         <v>337</v>
       </c>
-      <c r="B3" s="10" t="s">
+      <c r="B3" s="16" t="s">
         <v>66</v>
       </c>
-      <c r="C3" s="11">
-[...12 lines deleted...]
-      <c r="K3" s="23">
+      <c r="C3" s="16">
+        <v>1</v>
+      </c>
+      <c r="D3" s="16">
+        <v>0</v>
+      </c>
+      <c r="E3" s="16">
+        <v>1</v>
+      </c>
+      <c r="F3" s="16">
+        <v>0</v>
+      </c>
+      <c r="G3" s="16"/>
+      <c r="K3" s="29"/>
+      <c r="M3" s="33"/>
+      <c r="N3" s="33"/>
+      <c r="O3" s="33"/>
+      <c r="P3" s="33"/>
+      <c r="S3" s="16">
+        <v>0</v>
+      </c>
+      <c r="T3" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:20" s="16" customFormat="1">
+      <c r="A4" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B4" s="16" t="s">
+        <v>68</v>
+      </c>
+      <c r="C4" s="16">
+        <v>1</v>
+      </c>
+      <c r="D4" s="16">
+        <v>0</v>
+      </c>
+      <c r="E4" s="16">
+        <v>1</v>
+      </c>
+      <c r="F4" s="16">
+        <v>0</v>
+      </c>
+      <c r="G4" s="16"/>
+      <c r="K4" s="29"/>
+      <c r="M4" s="33"/>
+      <c r="N4" s="33"/>
+      <c r="O4" s="33"/>
+      <c r="P4" s="33"/>
+      <c r="S4" s="16">
+        <v>0</v>
+      </c>
+      <c r="T4" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:20">
+      <c r="A5" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B5" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="C5" s="12">
+        <v>1</v>
+      </c>
+      <c r="D5" s="12">
+        <v>1</v>
+      </c>
+      <c r="E5" s="12">
+        <v>0</v>
+      </c>
+      <c r="F5" s="12">
+        <v>0</v>
+      </c>
+      <c r="G5" s="0"/>
+      <c r="K5" s="28">
         <v>2</v>
       </c>
-      <c r="L3" s="12" t="str">
-[...4 lines deleted...]
-        <f>'налаштування'!C12</f>
+      <c r="L5" s="15" t="str">
+        <f>24*(N5-M5+P5-O5)</f>
+        <v>0</v>
+      </c>
+      <c r="M5" s="32" t="str">
+        <f>'Configuração'!C8</f>
         <v>08:00</v>
       </c>
-      <c r="N3" s="27" t="str">
-        <f>'налаштування'!D12</f>
+      <c r="N5" s="32" t="str">
+        <f>'Configuração'!D8</f>
         <v>12:00</v>
       </c>
-      <c r="O3" s="27" t="str">
-        <f>'налаштування'!E12</f>
+      <c r="O5" s="32" t="str">
+        <f>'Configuração'!E8</f>
         <v>14:00</v>
       </c>
-      <c r="P3" s="27" t="str">
-        <f>'налаштування'!F12</f>
+      <c r="P5" s="32" t="str">
+        <f>'Configuração'!F8</f>
         <v>18:00</v>
       </c>
-      <c r="S3" s="0">
-[...7 lines deleted...]
-      <c r="A4" s="13" t="s">
+      <c r="S5" s="0">
+        <v>0</v>
+      </c>
+      <c r="T5" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:20">
+      <c r="A6" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B6" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C6" s="12">
+        <v>1</v>
+      </c>
+      <c r="D6" s="12">
+        <v>1</v>
+      </c>
+      <c r="E6" s="12">
+        <v>0</v>
+      </c>
+      <c r="F6" s="12">
+        <v>0</v>
+      </c>
+      <c r="G6" s="0"/>
+      <c r="K6" s="28">
+        <v>3</v>
+      </c>
+      <c r="L6" s="15" t="str">
+        <f>24*(N6-M6+P6-O6)</f>
+        <v>0</v>
+      </c>
+      <c r="M6" s="32" t="str">
+        <f>'Configuração'!C9</f>
+        <v>08:00</v>
+      </c>
+      <c r="N6" s="32" t="str">
+        <f>'Configuração'!D9</f>
+        <v>12:00</v>
+      </c>
+      <c r="O6" s="32" t="str">
+        <f>'Configuração'!E9</f>
+        <v>14:00</v>
+      </c>
+      <c r="P6" s="32" t="str">
+        <f>'Configuração'!F9</f>
+        <v>18:00</v>
+      </c>
+      <c r="S6" s="0">
+        <v>0</v>
+      </c>
+      <c r="T6" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:20">
+      <c r="A7" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C7" s="12">
+        <v>1</v>
+      </c>
+      <c r="D7" s="12">
+        <v>1</v>
+      </c>
+      <c r="E7" s="12">
+        <v>0</v>
+      </c>
+      <c r="F7" s="12">
+        <v>0</v>
+      </c>
+      <c r="G7" s="0"/>
+      <c r="K7" s="28">
+        <v>4</v>
+      </c>
+      <c r="L7" s="15" t="str">
+        <f>24*(N7-M7+P7-O7)</f>
+        <v>0</v>
+      </c>
+      <c r="M7" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N7" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O7" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P7" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S7" s="0">
+        <v>0</v>
+      </c>
+      <c r="T7" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:20">
+      <c r="A8" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B8" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" s="12">
+        <v>1</v>
+      </c>
+      <c r="D8" s="12">
+        <v>1</v>
+      </c>
+      <c r="E8" s="12">
+        <v>0</v>
+      </c>
+      <c r="F8" s="12">
+        <v>0</v>
+      </c>
+      <c r="G8" s="0"/>
+      <c r="K8" s="28">
+        <v>5</v>
+      </c>
+      <c r="L8" s="15" t="str">
+        <f>24*(N8-M8+P8-O8)</f>
+        <v>0</v>
+      </c>
+      <c r="M8" s="32" t="str">
+        <f>'Configuração'!C11</f>
+        <v>08:00</v>
+      </c>
+      <c r="N8" s="32" t="str">
+        <f>'Configuração'!D11</f>
+        <v>12:00</v>
+      </c>
+      <c r="O8" s="32" t="str">
+        <f>'Configuração'!E11</f>
+        <v>14:00</v>
+      </c>
+      <c r="P8" s="32" t="str">
+        <f>'Configuração'!F11</f>
+        <v>18:00</v>
+      </c>
+      <c r="S8" s="0">
+        <v>0</v>
+      </c>
+      <c r="T8" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:20">
+      <c r="A9" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" s="12">
+        <v>1</v>
+      </c>
+      <c r="D9" s="12">
+        <v>1</v>
+      </c>
+      <c r="E9" s="12">
+        <v>0</v>
+      </c>
+      <c r="F9" s="12">
+        <v>0</v>
+      </c>
+      <c r="G9" s="0"/>
+      <c r="K9" s="28">
+        <v>6</v>
+      </c>
+      <c r="L9" s="15" t="str">
+        <f>24*(N9-M9+P9-O9)</f>
+        <v>0</v>
+      </c>
+      <c r="M9" s="32" t="str">
+        <f>'Configuração'!C12</f>
+        <v>08:00</v>
+      </c>
+      <c r="N9" s="32" t="str">
+        <f>'Configuração'!D12</f>
+        <v>12:00</v>
+      </c>
+      <c r="O9" s="32" t="str">
+        <f>'Configuração'!E12</f>
+        <v>14:00</v>
+      </c>
+      <c r="P9" s="32" t="str">
+        <f>'Configuração'!F12</f>
+        <v>18:00</v>
+      </c>
+      <c r="S9" s="0">
+        <v>0</v>
+      </c>
+      <c r="T9" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:20" s="16" customFormat="1">
+      <c r="A10" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B10" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" s="16">
+        <v>1</v>
+      </c>
+      <c r="D10" s="16">
+        <v>0</v>
+      </c>
+      <c r="E10" s="16">
+        <v>1</v>
+      </c>
+      <c r="F10" s="16">
+        <v>0</v>
+      </c>
+      <c r="G10" s="16"/>
+      <c r="K10" s="29"/>
+      <c r="M10" s="33"/>
+      <c r="N10" s="33"/>
+      <c r="O10" s="33"/>
+      <c r="P10" s="33"/>
+      <c r="S10" s="16">
+        <v>0</v>
+      </c>
+      <c r="T10" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:20" s="16" customFormat="1">
+      <c r="A11" s="16" t="s">
         <v>339</v>
       </c>
-      <c r="B4" s="13" t="s">
+      <c r="B11" s="16" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" s="16">
+        <v>1</v>
+      </c>
+      <c r="D11" s="16">
+        <v>0</v>
+      </c>
+      <c r="E11" s="16">
+        <v>1</v>
+      </c>
+      <c r="F11" s="16">
+        <v>0</v>
+      </c>
+      <c r="G11" s="16"/>
+      <c r="K11" s="29"/>
+      <c r="M11" s="33"/>
+      <c r="N11" s="33"/>
+      <c r="O11" s="33"/>
+      <c r="P11" s="33"/>
+      <c r="S11" s="16">
+        <v>0</v>
+      </c>
+      <c r="T11" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:20" s="17" customFormat="1">
+      <c r="A12" s="17" t="s">
+        <v>341</v>
+      </c>
+      <c r="B12" s="17" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" s="17">
+        <v>1</v>
+      </c>
+      <c r="D12" s="17">
+        <v>0</v>
+      </c>
+      <c r="E12" s="17">
+        <v>0</v>
+      </c>
+      <c r="F12" s="17">
+        <v>1</v>
+      </c>
+      <c r="G12" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K12" s="30"/>
+      <c r="M12" s="34"/>
+      <c r="N12" s="34"/>
+      <c r="O12" s="34"/>
+      <c r="P12" s="34"/>
+      <c r="S12" s="17">
+        <v>0</v>
+      </c>
+      <c r="T12" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:20" s="17" customFormat="1">
+      <c r="A13" s="17" t="s">
+        <v>343</v>
+      </c>
+      <c r="B13" s="17" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" s="17">
+        <v>1</v>
+      </c>
+      <c r="D13" s="17">
+        <v>0</v>
+      </c>
+      <c r="E13" s="17">
+        <v>0</v>
+      </c>
+      <c r="F13" s="17">
+        <v>1</v>
+      </c>
+      <c r="G13" s="17" t="s">
+        <v>88</v>
+      </c>
+      <c r="K13" s="30"/>
+      <c r="M13" s="34"/>
+      <c r="N13" s="34"/>
+      <c r="O13" s="34"/>
+      <c r="P13" s="34"/>
+      <c r="S13" s="17">
+        <v>0</v>
+      </c>
+      <c r="T13" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:20">
+      <c r="A14" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B14" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" s="12">
+        <v>1</v>
+      </c>
+      <c r="D14" s="12">
+        <v>1</v>
+      </c>
+      <c r="E14" s="12">
+        <v>0</v>
+      </c>
+      <c r="F14" s="12">
+        <v>0</v>
+      </c>
+      <c r="G14" s="0"/>
+      <c r="K14" s="28">
+        <v>7</v>
+      </c>
+      <c r="L14" s="15" t="str">
+        <f>24*(N14-M14+P14-O14)</f>
+        <v>0</v>
+      </c>
+      <c r="M14" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N14" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O14" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P14" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S14" s="0">
+        <v>0</v>
+      </c>
+      <c r="T14" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:20">
+      <c r="A15" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C15" s="12">
+        <v>1</v>
+      </c>
+      <c r="D15" s="12">
+        <v>1</v>
+      </c>
+      <c r="E15" s="12">
+        <v>0</v>
+      </c>
+      <c r="F15" s="12">
+        <v>0</v>
+      </c>
+      <c r="G15" s="0"/>
+      <c r="K15" s="28">
+        <v>8</v>
+      </c>
+      <c r="L15" s="15" t="str">
+        <f>24*(N15-M15+P15-O15)</f>
+        <v>0</v>
+      </c>
+      <c r="M15" s="32" t="str">
+        <f>'Configuração'!C11</f>
+        <v>08:00</v>
+      </c>
+      <c r="N15" s="32" t="str">
+        <f>'Configuração'!D11</f>
+        <v>12:00</v>
+      </c>
+      <c r="O15" s="32" t="str">
+        <f>'Configuração'!E11</f>
+        <v>14:00</v>
+      </c>
+      <c r="P15" s="32" t="str">
+        <f>'Configuração'!F11</f>
+        <v>18:00</v>
+      </c>
+      <c r="S15" s="0">
+        <v>0</v>
+      </c>
+      <c r="T15" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:20">
+      <c r="A16" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C16" s="12">
+        <v>1</v>
+      </c>
+      <c r="D16" s="12">
+        <v>1</v>
+      </c>
+      <c r="E16" s="12">
+        <v>0</v>
+      </c>
+      <c r="F16" s="12">
+        <v>0</v>
+      </c>
+      <c r="G16" s="0"/>
+      <c r="K16" s="28">
+        <v>9</v>
+      </c>
+      <c r="L16" s="15" t="str">
+        <f>24*(N16-M16+P16-O16)</f>
+        <v>0</v>
+      </c>
+      <c r="M16" s="32" t="str">
+        <f>'Configuração'!C12</f>
+        <v>08:00</v>
+      </c>
+      <c r="N16" s="32" t="str">
+        <f>'Configuração'!D12</f>
+        <v>12:00</v>
+      </c>
+      <c r="O16" s="32" t="str">
+        <f>'Configuração'!E12</f>
+        <v>14:00</v>
+      </c>
+      <c r="P16" s="32" t="str">
+        <f>'Configuração'!F12</f>
+        <v>18:00</v>
+      </c>
+      <c r="S16" s="0">
+        <v>0</v>
+      </c>
+      <c r="T16" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:20" s="16" customFormat="1">
+      <c r="A17" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B17" s="16" t="s">
+        <v>96</v>
+      </c>
+      <c r="C17" s="16">
+        <v>1</v>
+      </c>
+      <c r="D17" s="16">
+        <v>0</v>
+      </c>
+      <c r="E17" s="16">
+        <v>1</v>
+      </c>
+      <c r="F17" s="16">
+        <v>0</v>
+      </c>
+      <c r="G17" s="16"/>
+      <c r="K17" s="29"/>
+      <c r="M17" s="33"/>
+      <c r="N17" s="33"/>
+      <c r="O17" s="33"/>
+      <c r="P17" s="33"/>
+      <c r="S17" s="16">
+        <v>0</v>
+      </c>
+      <c r="T17" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:20" s="16" customFormat="1">
+      <c r="A18" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B18" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="C18" s="16">
+        <v>1</v>
+      </c>
+      <c r="D18" s="16">
+        <v>0</v>
+      </c>
+      <c r="E18" s="16">
+        <v>1</v>
+      </c>
+      <c r="F18" s="16">
+        <v>0</v>
+      </c>
+      <c r="G18" s="16"/>
+      <c r="K18" s="29"/>
+      <c r="M18" s="33"/>
+      <c r="N18" s="33"/>
+      <c r="O18" s="33"/>
+      <c r="P18" s="33"/>
+      <c r="S18" s="16">
+        <v>0</v>
+      </c>
+      <c r="T18" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:20" s="17" customFormat="1">
+      <c r="A19" s="17" t="s">
+        <v>341</v>
+      </c>
+      <c r="B19" s="17" t="s">
+        <v>100</v>
+      </c>
+      <c r="C19" s="17">
+        <v>1</v>
+      </c>
+      <c r="D19" s="17">
+        <v>0</v>
+      </c>
+      <c r="E19" s="17">
+        <v>0</v>
+      </c>
+      <c r="F19" s="17">
+        <v>1</v>
+      </c>
+      <c r="G19" s="17" t="s">
+        <v>101</v>
+      </c>
+      <c r="K19" s="30"/>
+      <c r="M19" s="34"/>
+      <c r="N19" s="34"/>
+      <c r="O19" s="34"/>
+      <c r="P19" s="34"/>
+      <c r="S19" s="17">
+        <v>0</v>
+      </c>
+      <c r="T19" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:20">
+      <c r="A20" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B20" s="11" t="s">
+        <v>103</v>
+      </c>
+      <c r="C20" s="12">
+        <v>1</v>
+      </c>
+      <c r="D20" s="12">
+        <v>1</v>
+      </c>
+      <c r="E20" s="12">
+        <v>0</v>
+      </c>
+      <c r="F20" s="12">
+        <v>0</v>
+      </c>
+      <c r="G20" s="0"/>
+      <c r="K20" s="28">
+        <v>10</v>
+      </c>
+      <c r="L20" s="15" t="str">
+        <f>24*(N20-M20+P20-O20)</f>
+        <v>0</v>
+      </c>
+      <c r="M20" s="32" t="str">
+        <f>'Configuração'!C9</f>
+        <v>08:00</v>
+      </c>
+      <c r="N20" s="32" t="str">
+        <f>'Configuração'!D9</f>
+        <v>12:00</v>
+      </c>
+      <c r="O20" s="32" t="str">
+        <f>'Configuração'!E9</f>
+        <v>14:00</v>
+      </c>
+      <c r="P20" s="32" t="str">
+        <f>'Configuração'!F9</f>
+        <v>18:00</v>
+      </c>
+      <c r="S20" s="0">
+        <v>0</v>
+      </c>
+      <c r="T20" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:20">
+      <c r="A21" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B21" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="C21" s="12">
+        <v>1</v>
+      </c>
+      <c r="D21" s="12">
+        <v>1</v>
+      </c>
+      <c r="E21" s="12">
+        <v>0</v>
+      </c>
+      <c r="F21" s="12">
+        <v>0</v>
+      </c>
+      <c r="G21" s="0"/>
+      <c r="K21" s="28">
+        <v>11</v>
+      </c>
+      <c r="L21" s="15" t="str">
+        <f>24*(N21-M21+P21-O21)</f>
+        <v>0</v>
+      </c>
+      <c r="M21" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N21" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O21" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P21" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S21" s="0">
+        <v>0</v>
+      </c>
+      <c r="T21" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:20">
+      <c r="A22" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B22" s="11" t="s">
+        <v>107</v>
+      </c>
+      <c r="C22" s="12">
+        <v>1</v>
+      </c>
+      <c r="D22" s="12">
+        <v>1</v>
+      </c>
+      <c r="E22" s="12">
+        <v>0</v>
+      </c>
+      <c r="F22" s="12">
+        <v>0</v>
+      </c>
+      <c r="G22" s="0"/>
+      <c r="K22" s="28">
+        <v>12</v>
+      </c>
+      <c r="L22" s="15" t="str">
+        <f>24*(N22-M22+P22-O22)</f>
+        <v>0</v>
+      </c>
+      <c r="M22" s="32" t="str">
+        <f>'Configuração'!C11</f>
+        <v>08:00</v>
+      </c>
+      <c r="N22" s="32" t="str">
+        <f>'Configuração'!D11</f>
+        <v>12:00</v>
+      </c>
+      <c r="O22" s="32" t="str">
+        <f>'Configuração'!E11</f>
+        <v>14:00</v>
+      </c>
+      <c r="P22" s="32" t="str">
+        <f>'Configuração'!F11</f>
+        <v>18:00</v>
+      </c>
+      <c r="S22" s="0">
+        <v>0</v>
+      </c>
+      <c r="T22" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:20">
+      <c r="A23" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="B23" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C23" s="12">
+        <v>1</v>
+      </c>
+      <c r="D23" s="12">
+        <v>1</v>
+      </c>
+      <c r="E23" s="12">
+        <v>0</v>
+      </c>
+      <c r="F23" s="12">
+        <v>0</v>
+      </c>
+      <c r="G23" s="0"/>
+      <c r="K23" s="28">
+        <v>13</v>
+      </c>
+      <c r="L23" s="15" t="str">
+        <f>24*(N23-M23+P23-O23)</f>
+        <v>0</v>
+      </c>
+      <c r="M23" s="32" t="str">
+        <f>'Configuração'!C12</f>
+        <v>08:00</v>
+      </c>
+      <c r="N23" s="32" t="str">
+        <f>'Configuração'!D12</f>
+        <v>12:00</v>
+      </c>
+      <c r="O23" s="32" t="str">
+        <f>'Configuração'!E12</f>
+        <v>14:00</v>
+      </c>
+      <c r="P23" s="32" t="str">
+        <f>'Configuração'!F12</f>
+        <v>18:00</v>
+      </c>
+      <c r="S23" s="0">
+        <v>0</v>
+      </c>
+      <c r="T23" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:20" s="16" customFormat="1">
+      <c r="A24" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B24" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C24" s="16">
+        <v>1</v>
+      </c>
+      <c r="D24" s="16">
+        <v>0</v>
+      </c>
+      <c r="E24" s="16">
+        <v>1</v>
+      </c>
+      <c r="F24" s="16">
+        <v>0</v>
+      </c>
+      <c r="G24" s="16"/>
+      <c r="K24" s="29"/>
+      <c r="M24" s="33"/>
+      <c r="N24" s="33"/>
+      <c r="O24" s="33"/>
+      <c r="P24" s="33"/>
+      <c r="S24" s="16">
+        <v>0</v>
+      </c>
+      <c r="T24" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:20" s="16" customFormat="1">
+      <c r="A25" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B25" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C25" s="16">
+        <v>1</v>
+      </c>
+      <c r="D25" s="16">
+        <v>0</v>
+      </c>
+      <c r="E25" s="16">
+        <v>1</v>
+      </c>
+      <c r="F25" s="16">
+        <v>0</v>
+      </c>
+      <c r="G25" s="16"/>
+      <c r="K25" s="29"/>
+      <c r="M25" s="33"/>
+      <c r="N25" s="33"/>
+      <c r="O25" s="33"/>
+      <c r="P25" s="33"/>
+      <c r="S25" s="16">
+        <v>0</v>
+      </c>
+      <c r="T25" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:20">
+      <c r="A26" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B26" s="11" t="s">
+        <v>115</v>
+      </c>
+      <c r="C26" s="12">
+        <v>1</v>
+      </c>
+      <c r="D26" s="12">
+        <v>1</v>
+      </c>
+      <c r="E26" s="12">
+        <v>0</v>
+      </c>
+      <c r="F26" s="12">
+        <v>0</v>
+      </c>
+      <c r="G26" s="0"/>
+      <c r="K26" s="28">
+        <v>14</v>
+      </c>
+      <c r="L26" s="15" t="str">
+        <f>24*(N26-M26+P26-O26)</f>
+        <v>0</v>
+      </c>
+      <c r="M26" s="32" t="str">
+        <f>'Configuração'!C8</f>
+        <v>08:00</v>
+      </c>
+      <c r="N26" s="32" t="str">
+        <f>'Configuração'!D8</f>
+        <v>12:00</v>
+      </c>
+      <c r="O26" s="32" t="str">
+        <f>'Configuração'!E8</f>
+        <v>14:00</v>
+      </c>
+      <c r="P26" s="32" t="str">
+        <f>'Configuração'!F8</f>
+        <v>18:00</v>
+      </c>
+      <c r="S26" s="0">
+        <v>0</v>
+      </c>
+      <c r="T26" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:20">
+      <c r="A27" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B27" s="11" t="s">
+        <v>117</v>
+      </c>
+      <c r="C27" s="12">
+        <v>1</v>
+      </c>
+      <c r="D27" s="12">
+        <v>1</v>
+      </c>
+      <c r="E27" s="12">
+        <v>0</v>
+      </c>
+      <c r="F27" s="12">
+        <v>0</v>
+      </c>
+      <c r="G27" s="0"/>
+      <c r="K27" s="28">
+        <v>15</v>
+      </c>
+      <c r="L27" s="15" t="str">
+        <f>24*(N27-M27+P27-O27)</f>
+        <v>0</v>
+      </c>
+      <c r="M27" s="32" t="str">
+        <f>'Configuração'!C9</f>
+        <v>08:00</v>
+      </c>
+      <c r="N27" s="32" t="str">
+        <f>'Configuração'!D9</f>
+        <v>12:00</v>
+      </c>
+      <c r="O27" s="32" t="str">
+        <f>'Configuração'!E9</f>
+        <v>14:00</v>
+      </c>
+      <c r="P27" s="32" t="str">
+        <f>'Configuração'!F9</f>
+        <v>18:00</v>
+      </c>
+      <c r="S27" s="0">
+        <v>0</v>
+      </c>
+      <c r="T27" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:20">
+      <c r="A28" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B28" s="11" t="s">
+        <v>119</v>
+      </c>
+      <c r="C28" s="12">
+        <v>1</v>
+      </c>
+      <c r="D28" s="12">
+        <v>1</v>
+      </c>
+      <c r="E28" s="12">
+        <v>0</v>
+      </c>
+      <c r="F28" s="12">
+        <v>0</v>
+      </c>
+      <c r="G28" s="0"/>
+      <c r="K28" s="28">
+        <v>16</v>
+      </c>
+      <c r="L28" s="15" t="str">
+        <f>24*(N28-M28+P28-O28)</f>
+        <v>0</v>
+      </c>
+      <c r="M28" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N28" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O28" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P28" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S28" s="0">
+        <v>0</v>
+      </c>
+      <c r="T28" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:20">
+      <c r="A29" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B29" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="C29" s="12">
+        <v>1</v>
+      </c>
+      <c r="D29" s="12">
+        <v>1</v>
+      </c>
+      <c r="E29" s="12">
+        <v>0</v>
+      </c>
+      <c r="F29" s="12">
+        <v>0</v>
+      </c>
+      <c r="G29" s="0"/>
+      <c r="K29" s="28">
+        <v>17</v>
+      </c>
+      <c r="L29" s="15" t="str">
+        <f>24*(N29-M29+P29-O29)</f>
+        <v>0</v>
+      </c>
+      <c r="M29" s="32" t="str">
+        <f>'Configuração'!C11</f>
+        <v>08:00</v>
+      </c>
+      <c r="N29" s="32" t="str">
+        <f>'Configuração'!D11</f>
+        <v>12:00</v>
+      </c>
+      <c r="O29" s="32" t="str">
+        <f>'Configuração'!E11</f>
+        <v>14:00</v>
+      </c>
+      <c r="P29" s="32" t="str">
+        <f>'Configuração'!F11</f>
+        <v>18:00</v>
+      </c>
+      <c r="S29" s="0">
+        <v>0</v>
+      </c>
+      <c r="T29" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:20">
+      <c r="A30" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="B30" s="11" t="s">
+        <v>123</v>
+      </c>
+      <c r="C30" s="12">
+        <v>1</v>
+      </c>
+      <c r="D30" s="12">
+        <v>1</v>
+      </c>
+      <c r="E30" s="12">
+        <v>0</v>
+      </c>
+      <c r="F30" s="12">
+        <v>0</v>
+      </c>
+      <c r="G30" s="0"/>
+      <c r="K30" s="28">
+        <v>18</v>
+      </c>
+      <c r="L30" s="15" t="str">
+        <f>24*(N30-M30+P30-O30)</f>
+        <v>0</v>
+      </c>
+      <c r="M30" s="32" t="str">
+        <f>'Configuração'!C12</f>
+        <v>08:00</v>
+      </c>
+      <c r="N30" s="32" t="str">
+        <f>'Configuração'!D12</f>
+        <v>12:00</v>
+      </c>
+      <c r="O30" s="32" t="str">
+        <f>'Configuração'!E12</f>
+        <v>14:00</v>
+      </c>
+      <c r="P30" s="32" t="str">
+        <f>'Configuração'!F12</f>
+        <v>18:00</v>
+      </c>
+      <c r="S30" s="0">
+        <v>0</v>
+      </c>
+      <c r="T30" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:20" s="16" customFormat="1">
+      <c r="A31" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B31" s="16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C31" s="16">
+        <v>1</v>
+      </c>
+      <c r="D31" s="16">
+        <v>0</v>
+      </c>
+      <c r="E31" s="16">
+        <v>1</v>
+      </c>
+      <c r="F31" s="16">
+        <v>0</v>
+      </c>
+      <c r="G31" s="16"/>
+      <c r="K31" s="29"/>
+      <c r="M31" s="33"/>
+      <c r="N31" s="33"/>
+      <c r="O31" s="33"/>
+      <c r="P31" s="33"/>
+      <c r="S31" s="16">
+        <v>0</v>
+      </c>
+      <c r="T31" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:20" s="16" customFormat="1">
+      <c r="A32" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B32" s="16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C32" s="16">
+        <v>1</v>
+      </c>
+      <c r="D32" s="16">
+        <v>0</v>
+      </c>
+      <c r="E32" s="16">
+        <v>1</v>
+      </c>
+      <c r="F32" s="16">
+        <v>0</v>
+      </c>
+      <c r="G32" s="16"/>
+      <c r="K32" s="29"/>
+      <c r="M32" s="33"/>
+      <c r="N32" s="33"/>
+      <c r="O32" s="33"/>
+      <c r="P32" s="33"/>
+      <c r="S32" s="16">
+        <v>0</v>
+      </c>
+      <c r="T32" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:20">
+      <c r="A33" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B33" s="11" t="s">
+        <v>129</v>
+      </c>
+      <c r="C33" s="12">
+        <v>1</v>
+      </c>
+      <c r="D33" s="12">
+        <v>1</v>
+      </c>
+      <c r="E33" s="12">
+        <v>0</v>
+      </c>
+      <c r="F33" s="12">
+        <v>0</v>
+      </c>
+      <c r="G33" s="0"/>
+      <c r="K33" s="28">
+        <v>19</v>
+      </c>
+      <c r="L33" s="15" t="str">
+        <f>24*(N33-M33+P33-O33)</f>
+        <v>0</v>
+      </c>
+      <c r="M33" s="32" t="str">
+        <f>'Configuração'!C8</f>
+        <v>08:00</v>
+      </c>
+      <c r="N33" s="32" t="str">
+        <f>'Configuração'!D8</f>
+        <v>12:00</v>
+      </c>
+      <c r="O33" s="32" t="str">
+        <f>'Configuração'!E8</f>
+        <v>14:00</v>
+      </c>
+      <c r="P33" s="32" t="str">
+        <f>'Configuração'!F8</f>
+        <v>18:00</v>
+      </c>
+      <c r="S33" s="0">
+        <v>0</v>
+      </c>
+      <c r="T33" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:20">
+      <c r="A34" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B34" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="C34" s="12">
+        <v>1</v>
+      </c>
+      <c r="D34" s="12">
+        <v>1</v>
+      </c>
+      <c r="E34" s="12">
+        <v>0</v>
+      </c>
+      <c r="F34" s="12">
+        <v>0</v>
+      </c>
+      <c r="G34" s="0"/>
+      <c r="K34" s="28">
+        <v>20</v>
+      </c>
+      <c r="L34" s="15" t="str">
+        <f>24*(N34-M34+P34-O34)</f>
+        <v>0</v>
+      </c>
+      <c r="M34" s="32" t="str">
+        <f>'Configuração'!C9</f>
+        <v>08:00</v>
+      </c>
+      <c r="N34" s="32" t="str">
+        <f>'Configuração'!D9</f>
+        <v>12:00</v>
+      </c>
+      <c r="O34" s="32" t="str">
+        <f>'Configuração'!E9</f>
+        <v>14:00</v>
+      </c>
+      <c r="P34" s="32" t="str">
+        <f>'Configuração'!F9</f>
+        <v>18:00</v>
+      </c>
+      <c r="S34" s="0">
+        <v>0</v>
+      </c>
+      <c r="T34" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:20">
+      <c r="A35" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B35" s="11" t="s">
+        <v>133</v>
+      </c>
+      <c r="C35" s="12">
+        <v>1</v>
+      </c>
+      <c r="D35" s="12">
+        <v>1</v>
+      </c>
+      <c r="E35" s="12">
+        <v>0</v>
+      </c>
+      <c r="F35" s="12">
+        <v>0</v>
+      </c>
+      <c r="G35" s="0"/>
+      <c r="K35" s="28">
+        <v>21</v>
+      </c>
+      <c r="L35" s="15" t="str">
+        <f>24*(N35-M35+P35-O35)</f>
+        <v>0</v>
+      </c>
+      <c r="M35" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N35" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O35" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P35" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S35" s="0">
+        <v>0</v>
+      </c>
+      <c r="T35" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:20">
+      <c r="A36" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B36" s="11" t="s">
+        <v>135</v>
+      </c>
+      <c r="C36" s="12">
+        <v>1</v>
+      </c>
+      <c r="D36" s="12">
+        <v>1</v>
+      </c>
+      <c r="E36" s="12">
+        <v>0</v>
+      </c>
+      <c r="F36" s="12">
+        <v>0</v>
+      </c>
+      <c r="G36" s="0"/>
+      <c r="K36" s="28">
+        <v>22</v>
+      </c>
+      <c r="L36" s="15" t="str">
+        <f>24*(N36-M36+P36-O36)</f>
+        <v>0</v>
+      </c>
+      <c r="M36" s="32" t="str">
+        <f>'Configuração'!C11</f>
+        <v>08:00</v>
+      </c>
+      <c r="N36" s="32" t="str">
+        <f>'Configuração'!D11</f>
+        <v>12:00</v>
+      </c>
+      <c r="O36" s="32" t="str">
+        <f>'Configuração'!E11</f>
+        <v>14:00</v>
+      </c>
+      <c r="P36" s="32" t="str">
+        <f>'Configuração'!F11</f>
+        <v>18:00</v>
+      </c>
+      <c r="S36" s="0">
+        <v>0</v>
+      </c>
+      <c r="T36" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:20">
+      <c r="A37" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="B37" s="11" t="s">
+        <v>137</v>
+      </c>
+      <c r="C37" s="12">
+        <v>1</v>
+      </c>
+      <c r="D37" s="12">
+        <v>1</v>
+      </c>
+      <c r="E37" s="12">
+        <v>0</v>
+      </c>
+      <c r="F37" s="12">
+        <v>0</v>
+      </c>
+      <c r="G37" s="0"/>
+      <c r="K37" s="28">
+        <v>23</v>
+      </c>
+      <c r="L37" s="15" t="str">
+        <f>24*(N37-M37+P37-O37)</f>
+        <v>0</v>
+      </c>
+      <c r="M37" s="32" t="str">
+        <f>'Configuração'!C12</f>
+        <v>08:00</v>
+      </c>
+      <c r="N37" s="32" t="str">
+        <f>'Configuração'!D12</f>
+        <v>12:00</v>
+      </c>
+      <c r="O37" s="32" t="str">
+        <f>'Configuração'!E12</f>
+        <v>14:00</v>
+      </c>
+      <c r="P37" s="32" t="str">
+        <f>'Configuração'!F12</f>
+        <v>18:00</v>
+      </c>
+      <c r="S37" s="0">
+        <v>0</v>
+      </c>
+      <c r="T37" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:20" s="16" customFormat="1">
+      <c r="A38" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B38" s="16" t="s">
+        <v>139</v>
+      </c>
+      <c r="C38" s="16">
+        <v>1</v>
+      </c>
+      <c r="D38" s="16">
+        <v>0</v>
+      </c>
+      <c r="E38" s="16">
+        <v>1</v>
+      </c>
+      <c r="F38" s="16">
+        <v>0</v>
+      </c>
+      <c r="G38" s="16"/>
+      <c r="K38" s="29"/>
+      <c r="M38" s="33"/>
+      <c r="N38" s="33"/>
+      <c r="O38" s="33"/>
+      <c r="P38" s="33"/>
+      <c r="S38" s="16">
+        <v>0</v>
+      </c>
+      <c r="T38" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:20" s="16" customFormat="1">
+      <c r="A39" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B39" s="16" t="s">
+        <v>141</v>
+      </c>
+      <c r="C39" s="16">
+        <v>1</v>
+      </c>
+      <c r="D39" s="16">
+        <v>0</v>
+      </c>
+      <c r="E39" s="16">
+        <v>1</v>
+      </c>
+      <c r="F39" s="16">
+        <v>0</v>
+      </c>
+      <c r="G39" s="16"/>
+      <c r="K39" s="29"/>
+      <c r="M39" s="33"/>
+      <c r="N39" s="33"/>
+      <c r="O39" s="33"/>
+      <c r="P39" s="33"/>
+      <c r="S39" s="16">
+        <v>0</v>
+      </c>
+      <c r="T39" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:20">
+      <c r="A40" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B40" s="11" t="s">
+        <v>143</v>
+      </c>
+      <c r="C40" s="12">
+        <v>1</v>
+      </c>
+      <c r="D40" s="12">
+        <v>1</v>
+      </c>
+      <c r="E40" s="12">
+        <v>0</v>
+      </c>
+      <c r="F40" s="12">
+        <v>0</v>
+      </c>
+      <c r="G40" s="0"/>
+      <c r="K40" s="28">
+        <v>24</v>
+      </c>
+      <c r="L40" s="15" t="str">
+        <f>24*(N40-M40+P40-O40)</f>
+        <v>0</v>
+      </c>
+      <c r="M40" s="32" t="str">
+        <f>'Configuração'!C8</f>
+        <v>08:00</v>
+      </c>
+      <c r="N40" s="32" t="str">
+        <f>'Configuração'!D8</f>
+        <v>12:00</v>
+      </c>
+      <c r="O40" s="32" t="str">
+        <f>'Configuração'!E8</f>
+        <v>14:00</v>
+      </c>
+      <c r="P40" s="32" t="str">
+        <f>'Configuração'!F8</f>
+        <v>18:00</v>
+      </c>
+      <c r="S40" s="0">
+        <v>0</v>
+      </c>
+      <c r="T40" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:20">
+      <c r="A41" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B41" s="11" t="s">
+        <v>145</v>
+      </c>
+      <c r="C41" s="12">
+        <v>1</v>
+      </c>
+      <c r="D41" s="12">
+        <v>1</v>
+      </c>
+      <c r="E41" s="12">
+        <v>0</v>
+      </c>
+      <c r="F41" s="12">
+        <v>0</v>
+      </c>
+      <c r="G41" s="0"/>
+      <c r="K41" s="28">
+        <v>25</v>
+      </c>
+      <c r="L41" s="15" t="str">
+        <f>24*(N41-M41+P41-O41)</f>
+        <v>0</v>
+      </c>
+      <c r="M41" s="32" t="str">
+        <f>'Configuração'!C9</f>
+        <v>08:00</v>
+      </c>
+      <c r="N41" s="32" t="str">
+        <f>'Configuração'!D9</f>
+        <v>12:00</v>
+      </c>
+      <c r="O41" s="32" t="str">
+        <f>'Configuração'!E9</f>
+        <v>14:00</v>
+      </c>
+      <c r="P41" s="32" t="str">
+        <f>'Configuração'!F9</f>
+        <v>18:00</v>
+      </c>
+      <c r="S41" s="0">
+        <v>0</v>
+      </c>
+      <c r="T41" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:20">
+      <c r="A42" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B42" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="C42" s="12">
+        <v>1</v>
+      </c>
+      <c r="D42" s="12">
+        <v>1</v>
+      </c>
+      <c r="E42" s="12">
+        <v>0</v>
+      </c>
+      <c r="F42" s="12">
+        <v>0</v>
+      </c>
+      <c r="G42" s="0"/>
+      <c r="K42" s="28">
+        <v>26</v>
+      </c>
+      <c r="L42" s="15" t="str">
+        <f>24*(N42-M42+P42-O42)</f>
+        <v>0</v>
+      </c>
+      <c r="M42" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N42" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O42" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P42" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S42" s="0">
+        <v>0</v>
+      </c>
+      <c r="T42" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:20">
+      <c r="A43" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B43" s="11" t="s">
+        <v>149</v>
+      </c>
+      <c r="C43" s="12">
+        <v>1</v>
+      </c>
+      <c r="D43" s="12">
+        <v>1</v>
+      </c>
+      <c r="E43" s="12">
+        <v>0</v>
+      </c>
+      <c r="F43" s="12">
+        <v>0</v>
+      </c>
+      <c r="G43" s="0"/>
+      <c r="K43" s="28">
+        <v>27</v>
+      </c>
+      <c r="L43" s="15" t="str">
+        <f>24*(N43-M43+P43-O43)</f>
+        <v>0</v>
+      </c>
+      <c r="M43" s="32" t="str">
+        <f>'Configuração'!C11</f>
+        <v>08:00</v>
+      </c>
+      <c r="N43" s="32" t="str">
+        <f>'Configuração'!D11</f>
+        <v>12:00</v>
+      </c>
+      <c r="O43" s="32" t="str">
+        <f>'Configuração'!E11</f>
+        <v>14:00</v>
+      </c>
+      <c r="P43" s="32" t="str">
+        <f>'Configuração'!F11</f>
+        <v>18:00</v>
+      </c>
+      <c r="S43" s="0">
+        <v>0</v>
+      </c>
+      <c r="T43" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:20">
+      <c r="A44" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="B44" s="11" t="s">
+        <v>151</v>
+      </c>
+      <c r="C44" s="12">
+        <v>1</v>
+      </c>
+      <c r="D44" s="12">
+        <v>1</v>
+      </c>
+      <c r="E44" s="12">
+        <v>0</v>
+      </c>
+      <c r="F44" s="12">
+        <v>0</v>
+      </c>
+      <c r="G44" s="0"/>
+      <c r="K44" s="28">
+        <v>28</v>
+      </c>
+      <c r="L44" s="15" t="str">
+        <f>24*(N44-M44+P44-O44)</f>
+        <v>0</v>
+      </c>
+      <c r="M44" s="32" t="str">
+        <f>'Configuração'!C12</f>
+        <v>08:00</v>
+      </c>
+      <c r="N44" s="32" t="str">
+        <f>'Configuração'!D12</f>
+        <v>12:00</v>
+      </c>
+      <c r="O44" s="32" t="str">
+        <f>'Configuração'!E12</f>
+        <v>14:00</v>
+      </c>
+      <c r="P44" s="32" t="str">
+        <f>'Configuração'!F12</f>
+        <v>18:00</v>
+      </c>
+      <c r="S44" s="0">
+        <v>0</v>
+      </c>
+      <c r="T44" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:20" s="16" customFormat="1">
+      <c r="A45" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B45" s="16" t="s">
+        <v>153</v>
+      </c>
+      <c r="C45" s="16">
+        <v>1</v>
+      </c>
+      <c r="D45" s="16">
+        <v>0</v>
+      </c>
+      <c r="E45" s="16">
+        <v>1</v>
+      </c>
+      <c r="F45" s="16">
+        <v>0</v>
+      </c>
+      <c r="G45" s="16"/>
+      <c r="K45" s="29"/>
+      <c r="M45" s="33"/>
+      <c r="N45" s="33"/>
+      <c r="O45" s="33"/>
+      <c r="P45" s="33"/>
+      <c r="S45" s="16">
+        <v>0</v>
+      </c>
+      <c r="T45" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:20" s="16" customFormat="1">
+      <c r="A46" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B46" s="16" t="s">
+        <v>155</v>
+      </c>
+      <c r="C46" s="16">
+        <v>1</v>
+      </c>
+      <c r="D46" s="16">
+        <v>0</v>
+      </c>
+      <c r="E46" s="16">
+        <v>1</v>
+      </c>
+      <c r="F46" s="16">
+        <v>0</v>
+      </c>
+      <c r="G46" s="16"/>
+      <c r="K46" s="29"/>
+      <c r="M46" s="33"/>
+      <c r="N46" s="33"/>
+      <c r="O46" s="33"/>
+      <c r="P46" s="33"/>
+      <c r="S46" s="16">
+        <v>0</v>
+      </c>
+      <c r="T46" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:20">
+      <c r="A47" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B47" s="11" t="s">
+        <v>157</v>
+      </c>
+      <c r="C47" s="12">
+        <v>1</v>
+      </c>
+      <c r="D47" s="12">
+        <v>1</v>
+      </c>
+      <c r="E47" s="12">
+        <v>0</v>
+      </c>
+      <c r="F47" s="12">
+        <v>0</v>
+      </c>
+      <c r="G47" s="0"/>
+      <c r="K47" s="28">
+        <v>29</v>
+      </c>
+      <c r="L47" s="15" t="str">
+        <f>24*(N47-M47+P47-O47)</f>
+        <v>0</v>
+      </c>
+      <c r="M47" s="32" t="str">
+        <f>'Configuração'!C8</f>
+        <v>08:00</v>
+      </c>
+      <c r="N47" s="32" t="str">
+        <f>'Configuração'!D8</f>
+        <v>12:00</v>
+      </c>
+      <c r="O47" s="32" t="str">
+        <f>'Configuração'!E8</f>
+        <v>14:00</v>
+      </c>
+      <c r="P47" s="32" t="str">
+        <f>'Configuração'!F8</f>
+        <v>18:00</v>
+      </c>
+      <c r="S47" s="0">
+        <v>0</v>
+      </c>
+      <c r="T47" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:20">
+      <c r="A48" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B48" s="11" t="s">
+        <v>159</v>
+      </c>
+      <c r="C48" s="12">
+        <v>1</v>
+      </c>
+      <c r="D48" s="12">
+        <v>1</v>
+      </c>
+      <c r="E48" s="12">
+        <v>0</v>
+      </c>
+      <c r="F48" s="12">
+        <v>0</v>
+      </c>
+      <c r="G48" s="0"/>
+      <c r="K48" s="28">
+        <v>30</v>
+      </c>
+      <c r="L48" s="15" t="str">
+        <f>24*(N48-M48+P48-O48)</f>
+        <v>0</v>
+      </c>
+      <c r="M48" s="32" t="str">
+        <f>'Configuração'!C9</f>
+        <v>08:00</v>
+      </c>
+      <c r="N48" s="32" t="str">
+        <f>'Configuração'!D9</f>
+        <v>12:00</v>
+      </c>
+      <c r="O48" s="32" t="str">
+        <f>'Configuração'!E9</f>
+        <v>14:00</v>
+      </c>
+      <c r="P48" s="32" t="str">
+        <f>'Configuração'!F9</f>
+        <v>18:00</v>
+      </c>
+      <c r="S48" s="0">
+        <v>0</v>
+      </c>
+      <c r="T48" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:20">
+      <c r="A49" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B49" s="11" t="s">
+        <v>161</v>
+      </c>
+      <c r="C49" s="12">
+        <v>1</v>
+      </c>
+      <c r="D49" s="12">
+        <v>1</v>
+      </c>
+      <c r="E49" s="12">
+        <v>0</v>
+      </c>
+      <c r="F49" s="12">
+        <v>0</v>
+      </c>
+      <c r="G49" s="0"/>
+      <c r="K49" s="28">
+        <v>31</v>
+      </c>
+      <c r="L49" s="15" t="str">
+        <f>24*(N49-M49+P49-O49)</f>
+        <v>0</v>
+      </c>
+      <c r="M49" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N49" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O49" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P49" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S49" s="0">
+        <v>0</v>
+      </c>
+      <c r="T49" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:20">
+      <c r="A50" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B50" s="11" t="s">
+        <v>163</v>
+      </c>
+      <c r="C50" s="12">
+        <v>1</v>
+      </c>
+      <c r="D50" s="12">
+        <v>1</v>
+      </c>
+      <c r="E50" s="12">
+        <v>0</v>
+      </c>
+      <c r="F50" s="12">
+        <v>0</v>
+      </c>
+      <c r="G50" s="0"/>
+      <c r="K50" s="28">
+        <v>32</v>
+      </c>
+      <c r="L50" s="15" t="str">
+        <f>24*(N50-M50+P50-O50)</f>
+        <v>0</v>
+      </c>
+      <c r="M50" s="32" t="str">
+        <f>'Configuração'!C11</f>
+        <v>08:00</v>
+      </c>
+      <c r="N50" s="32" t="str">
+        <f>'Configuração'!D11</f>
+        <v>12:00</v>
+      </c>
+      <c r="O50" s="32" t="str">
+        <f>'Configuração'!E11</f>
+        <v>14:00</v>
+      </c>
+      <c r="P50" s="32" t="str">
+        <f>'Configuração'!F11</f>
+        <v>18:00</v>
+      </c>
+      <c r="S50" s="0">
+        <v>0</v>
+      </c>
+      <c r="T50" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:20">
+      <c r="A51" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="B51" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="C51" s="12">
+        <v>1</v>
+      </c>
+      <c r="D51" s="12">
+        <v>1</v>
+      </c>
+      <c r="E51" s="12">
+        <v>0</v>
+      </c>
+      <c r="F51" s="12">
+        <v>0</v>
+      </c>
+      <c r="G51" s="0"/>
+      <c r="K51" s="28">
+        <v>33</v>
+      </c>
+      <c r="L51" s="15" t="str">
+        <f>24*(N51-M51+P51-O51)</f>
+        <v>0</v>
+      </c>
+      <c r="M51" s="32" t="str">
+        <f>'Configuração'!C12</f>
+        <v>08:00</v>
+      </c>
+      <c r="N51" s="32" t="str">
+        <f>'Configuração'!D12</f>
+        <v>12:00</v>
+      </c>
+      <c r="O51" s="32" t="str">
+        <f>'Configuração'!E12</f>
+        <v>14:00</v>
+      </c>
+      <c r="P51" s="32" t="str">
+        <f>'Configuração'!F12</f>
+        <v>18:00</v>
+      </c>
+      <c r="S51" s="0">
+        <v>0</v>
+      </c>
+      <c r="T51" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:20" s="16" customFormat="1">
+      <c r="A52" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B52" s="16" t="s">
+        <v>167</v>
+      </c>
+      <c r="C52" s="16">
+        <v>1</v>
+      </c>
+      <c r="D52" s="16">
+        <v>0</v>
+      </c>
+      <c r="E52" s="16">
+        <v>1</v>
+      </c>
+      <c r="F52" s="16">
+        <v>0</v>
+      </c>
+      <c r="G52" s="16"/>
+      <c r="K52" s="29"/>
+      <c r="M52" s="33"/>
+      <c r="N52" s="33"/>
+      <c r="O52" s="33"/>
+      <c r="P52" s="33"/>
+      <c r="S52" s="16">
+        <v>0</v>
+      </c>
+      <c r="T52" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:20" s="16" customFormat="1">
+      <c r="A53" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B53" s="16" t="s">
+        <v>169</v>
+      </c>
+      <c r="C53" s="16">
+        <v>1</v>
+      </c>
+      <c r="D53" s="16">
+        <v>0</v>
+      </c>
+      <c r="E53" s="16">
+        <v>1</v>
+      </c>
+      <c r="F53" s="16">
+        <v>0</v>
+      </c>
+      <c r="G53" s="16"/>
+      <c r="K53" s="29"/>
+      <c r="M53" s="33"/>
+      <c r="N53" s="33"/>
+      <c r="O53" s="33"/>
+      <c r="P53" s="33"/>
+      <c r="S53" s="16">
+        <v>0</v>
+      </c>
+      <c r="T53" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:20">
+      <c r="A54" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B54" s="11" t="s">
+        <v>171</v>
+      </c>
+      <c r="C54" s="12">
+        <v>1</v>
+      </c>
+      <c r="D54" s="12">
+        <v>1</v>
+      </c>
+      <c r="E54" s="12">
+        <v>0</v>
+      </c>
+      <c r="F54" s="12">
+        <v>0</v>
+      </c>
+      <c r="G54" s="0"/>
+      <c r="K54" s="28">
+        <v>34</v>
+      </c>
+      <c r="L54" s="15" t="str">
+        <f>24*(N54-M54+P54-O54)</f>
+        <v>0</v>
+      </c>
+      <c r="M54" s="32" t="str">
+        <f>'Configuração'!C8</f>
+        <v>08:00</v>
+      </c>
+      <c r="N54" s="32" t="str">
+        <f>'Configuração'!D8</f>
+        <v>12:00</v>
+      </c>
+      <c r="O54" s="32" t="str">
+        <f>'Configuração'!E8</f>
+        <v>14:00</v>
+      </c>
+      <c r="P54" s="32" t="str">
+        <f>'Configuração'!F8</f>
+        <v>18:00</v>
+      </c>
+      <c r="S54" s="0">
+        <v>0</v>
+      </c>
+      <c r="T54" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:20">
+      <c r="A55" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B55" s="11" t="s">
+        <v>173</v>
+      </c>
+      <c r="C55" s="12">
+        <v>1</v>
+      </c>
+      <c r="D55" s="12">
+        <v>1</v>
+      </c>
+      <c r="E55" s="12">
+        <v>0</v>
+      </c>
+      <c r="F55" s="12">
+        <v>0</v>
+      </c>
+      <c r="G55" s="0"/>
+      <c r="K55" s="28">
+        <v>35</v>
+      </c>
+      <c r="L55" s="15" t="str">
+        <f>24*(N55-M55+P55-O55)</f>
+        <v>0</v>
+      </c>
+      <c r="M55" s="32" t="str">
+        <f>'Configuração'!C9</f>
+        <v>08:00</v>
+      </c>
+      <c r="N55" s="32" t="str">
+        <f>'Configuração'!D9</f>
+        <v>12:00</v>
+      </c>
+      <c r="O55" s="32" t="str">
+        <f>'Configuração'!E9</f>
+        <v>14:00</v>
+      </c>
+      <c r="P55" s="32" t="str">
+        <f>'Configuração'!F9</f>
+        <v>18:00</v>
+      </c>
+      <c r="S55" s="0">
+        <v>0</v>
+      </c>
+      <c r="T55" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:20">
+      <c r="A56" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B56" s="11" t="s">
+        <v>175</v>
+      </c>
+      <c r="C56" s="12">
+        <v>1</v>
+      </c>
+      <c r="D56" s="12">
+        <v>1</v>
+      </c>
+      <c r="E56" s="12">
+        <v>0</v>
+      </c>
+      <c r="F56" s="12">
+        <v>0</v>
+      </c>
+      <c r="G56" s="0"/>
+      <c r="K56" s="28">
+        <v>36</v>
+      </c>
+      <c r="L56" s="15" t="str">
+        <f>24*(N56-M56+P56-O56)</f>
+        <v>0</v>
+      </c>
+      <c r="M56" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N56" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O56" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P56" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S56" s="0">
+        <v>0</v>
+      </c>
+      <c r="T56" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:20">
+      <c r="A57" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B57" s="11" t="s">
+        <v>177</v>
+      </c>
+      <c r="C57" s="12">
+        <v>1</v>
+      </c>
+      <c r="D57" s="12">
+        <v>1</v>
+      </c>
+      <c r="E57" s="12">
+        <v>0</v>
+      </c>
+      <c r="F57" s="12">
+        <v>0</v>
+      </c>
+      <c r="G57" s="0"/>
+      <c r="K57" s="28">
+        <v>37</v>
+      </c>
+      <c r="L57" s="15" t="str">
+        <f>24*(N57-M57+P57-O57)</f>
+        <v>0</v>
+      </c>
+      <c r="M57" s="32" t="str">
+        <f>'Configuração'!C11</f>
+        <v>08:00</v>
+      </c>
+      <c r="N57" s="32" t="str">
+        <f>'Configuração'!D11</f>
+        <v>12:00</v>
+      </c>
+      <c r="O57" s="32" t="str">
+        <f>'Configuração'!E11</f>
+        <v>14:00</v>
+      </c>
+      <c r="P57" s="32" t="str">
+        <f>'Configuração'!F11</f>
+        <v>18:00</v>
+      </c>
+      <c r="S57" s="0">
+        <v>0</v>
+      </c>
+      <c r="T57" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:20">
+      <c r="A58" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="B58" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="C58" s="12">
+        <v>1</v>
+      </c>
+      <c r="D58" s="12">
+        <v>1</v>
+      </c>
+      <c r="E58" s="12">
+        <v>0</v>
+      </c>
+      <c r="F58" s="12">
+        <v>0</v>
+      </c>
+      <c r="G58" s="0"/>
+      <c r="K58" s="28">
+        <v>38</v>
+      </c>
+      <c r="L58" s="15" t="str">
+        <f>24*(N58-M58+P58-O58)</f>
+        <v>0</v>
+      </c>
+      <c r="M58" s="32" t="str">
+        <f>'Configuração'!C12</f>
+        <v>08:00</v>
+      </c>
+      <c r="N58" s="32" t="str">
+        <f>'Configuração'!D12</f>
+        <v>12:00</v>
+      </c>
+      <c r="O58" s="32" t="str">
+        <f>'Configuração'!E12</f>
+        <v>14:00</v>
+      </c>
+      <c r="P58" s="32" t="str">
+        <f>'Configuração'!F12</f>
+        <v>18:00</v>
+      </c>
+      <c r="S58" s="0">
+        <v>0</v>
+      </c>
+      <c r="T58" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:20" s="16" customFormat="1">
+      <c r="A59" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B59" s="16" t="s">
+        <v>181</v>
+      </c>
+      <c r="C59" s="16">
+        <v>1</v>
+      </c>
+      <c r="D59" s="16">
+        <v>0</v>
+      </c>
+      <c r="E59" s="16">
+        <v>1</v>
+      </c>
+      <c r="F59" s="16">
+        <v>0</v>
+      </c>
+      <c r="G59" s="16"/>
+      <c r="K59" s="29"/>
+      <c r="M59" s="33"/>
+      <c r="N59" s="33"/>
+      <c r="O59" s="33"/>
+      <c r="P59" s="33"/>
+      <c r="S59" s="16">
+        <v>0</v>
+      </c>
+      <c r="T59" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:20" s="16" customFormat="1">
+      <c r="A60" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B60" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="C60" s="16">
+        <v>1</v>
+      </c>
+      <c r="D60" s="16">
+        <v>0</v>
+      </c>
+      <c r="E60" s="16">
+        <v>1</v>
+      </c>
+      <c r="F60" s="16">
+        <v>0</v>
+      </c>
+      <c r="G60" s="16"/>
+      <c r="K60" s="29"/>
+      <c r="M60" s="33"/>
+      <c r="N60" s="33"/>
+      <c r="O60" s="33"/>
+      <c r="P60" s="33"/>
+      <c r="S60" s="16">
+        <v>0</v>
+      </c>
+      <c r="T60" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:20">
+      <c r="A61" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B61" s="11" t="s">
+        <v>185</v>
+      </c>
+      <c r="C61" s="12">
+        <v>1</v>
+      </c>
+      <c r="D61" s="12">
+        <v>1</v>
+      </c>
+      <c r="E61" s="12">
+        <v>0</v>
+      </c>
+      <c r="F61" s="12">
+        <v>0</v>
+      </c>
+      <c r="G61" s="0"/>
+      <c r="K61" s="28">
+        <v>39</v>
+      </c>
+      <c r="L61" s="15" t="str">
+        <f>24*(N61-M61+P61-O61)</f>
+        <v>0</v>
+      </c>
+      <c r="M61" s="32" t="str">
+        <f>'Configuração'!C8</f>
+        <v>08:00</v>
+      </c>
+      <c r="N61" s="32" t="str">
+        <f>'Configuração'!D8</f>
+        <v>12:00</v>
+      </c>
+      <c r="O61" s="32" t="str">
+        <f>'Configuração'!E8</f>
+        <v>14:00</v>
+      </c>
+      <c r="P61" s="32" t="str">
+        <f>'Configuração'!F8</f>
+        <v>18:00</v>
+      </c>
+      <c r="S61" s="0">
+        <v>0</v>
+      </c>
+      <c r="T61" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:20">
+      <c r="A62" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B62" s="11" t="s">
+        <v>187</v>
+      </c>
+      <c r="C62" s="12">
+        <v>1</v>
+      </c>
+      <c r="D62" s="12">
+        <v>1</v>
+      </c>
+      <c r="E62" s="12">
+        <v>0</v>
+      </c>
+      <c r="F62" s="12">
+        <v>0</v>
+      </c>
+      <c r="G62" s="0"/>
+      <c r="K62" s="28">
+        <v>40</v>
+      </c>
+      <c r="L62" s="15" t="str">
+        <f>24*(N62-M62+P62-O62)</f>
+        <v>0</v>
+      </c>
+      <c r="M62" s="32" t="str">
+        <f>'Configuração'!C9</f>
+        <v>08:00</v>
+      </c>
+      <c r="N62" s="32" t="str">
+        <f>'Configuração'!D9</f>
+        <v>12:00</v>
+      </c>
+      <c r="O62" s="32" t="str">
+        <f>'Configuração'!E9</f>
+        <v>14:00</v>
+      </c>
+      <c r="P62" s="32" t="str">
+        <f>'Configuração'!F9</f>
+        <v>18:00</v>
+      </c>
+      <c r="S62" s="0">
+        <v>0</v>
+      </c>
+      <c r="T62" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:20">
+      <c r="A63" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B63" s="11" t="s">
+        <v>189</v>
+      </c>
+      <c r="C63" s="12">
+        <v>1</v>
+      </c>
+      <c r="D63" s="12">
+        <v>1</v>
+      </c>
+      <c r="E63" s="12">
+        <v>0</v>
+      </c>
+      <c r="F63" s="12">
+        <v>0</v>
+      </c>
+      <c r="G63" s="0"/>
+      <c r="K63" s="28">
+        <v>41</v>
+      </c>
+      <c r="L63" s="15" t="str">
+        <f>24*(N63-M63+P63-O63)</f>
+        <v>0</v>
+      </c>
+      <c r="M63" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N63" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O63" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P63" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S63" s="0">
+        <v>0</v>
+      </c>
+      <c r="T63" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:20">
+      <c r="A64" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B64" s="11" t="s">
+        <v>191</v>
+      </c>
+      <c r="C64" s="12">
+        <v>1</v>
+      </c>
+      <c r="D64" s="12">
+        <v>1</v>
+      </c>
+      <c r="E64" s="12">
+        <v>0</v>
+      </c>
+      <c r="F64" s="12">
+        <v>0</v>
+      </c>
+      <c r="G64" s="0"/>
+      <c r="K64" s="28">
+        <v>42</v>
+      </c>
+      <c r="L64" s="15" t="str">
+        <f>24*(N64-M64+P64-O64)</f>
+        <v>0</v>
+      </c>
+      <c r="M64" s="32" t="str">
+        <f>'Configuração'!C11</f>
+        <v>08:00</v>
+      </c>
+      <c r="N64" s="32" t="str">
+        <f>'Configuração'!D11</f>
+        <v>12:00</v>
+      </c>
+      <c r="O64" s="32" t="str">
+        <f>'Configuração'!E11</f>
+        <v>14:00</v>
+      </c>
+      <c r="P64" s="32" t="str">
+        <f>'Configuração'!F11</f>
+        <v>18:00</v>
+      </c>
+      <c r="S64" s="0">
+        <v>0</v>
+      </c>
+      <c r="T64" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:20">
+      <c r="A65" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="B65" s="11" t="s">
+        <v>193</v>
+      </c>
+      <c r="C65" s="12">
+        <v>1</v>
+      </c>
+      <c r="D65" s="12">
+        <v>1</v>
+      </c>
+      <c r="E65" s="12">
+        <v>0</v>
+      </c>
+      <c r="F65" s="12">
+        <v>0</v>
+      </c>
+      <c r="G65" s="0"/>
+      <c r="K65" s="28">
+        <v>43</v>
+      </c>
+      <c r="L65" s="15" t="str">
+        <f>24*(N65-M65+P65-O65)</f>
+        <v>0</v>
+      </c>
+      <c r="M65" s="32" t="str">
+        <f>'Configuração'!C12</f>
+        <v>08:00</v>
+      </c>
+      <c r="N65" s="32" t="str">
+        <f>'Configuração'!D12</f>
+        <v>12:00</v>
+      </c>
+      <c r="O65" s="32" t="str">
+        <f>'Configuração'!E12</f>
+        <v>14:00</v>
+      </c>
+      <c r="P65" s="32" t="str">
+        <f>'Configuração'!F12</f>
+        <v>18:00</v>
+      </c>
+      <c r="S65" s="0">
+        <v>0</v>
+      </c>
+      <c r="T65" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:20" s="16" customFormat="1">
+      <c r="A66" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B66" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="C66" s="16">
+        <v>1</v>
+      </c>
+      <c r="D66" s="16">
+        <v>0</v>
+      </c>
+      <c r="E66" s="16">
+        <v>1</v>
+      </c>
+      <c r="F66" s="16">
+        <v>0</v>
+      </c>
+      <c r="G66" s="16"/>
+      <c r="K66" s="29"/>
+      <c r="M66" s="33"/>
+      <c r="N66" s="33"/>
+      <c r="O66" s="33"/>
+      <c r="P66" s="33"/>
+      <c r="S66" s="16">
+        <v>0</v>
+      </c>
+      <c r="T66" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:20" s="16" customFormat="1">
+      <c r="A67" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B67" s="16" t="s">
+        <v>197</v>
+      </c>
+      <c r="C67" s="16">
+        <v>1</v>
+      </c>
+      <c r="D67" s="16">
+        <v>0</v>
+      </c>
+      <c r="E67" s="16">
+        <v>1</v>
+      </c>
+      <c r="F67" s="16">
+        <v>0</v>
+      </c>
+      <c r="G67" s="16"/>
+      <c r="K67" s="29"/>
+      <c r="M67" s="33"/>
+      <c r="N67" s="33"/>
+      <c r="O67" s="33"/>
+      <c r="P67" s="33"/>
+      <c r="S67" s="16">
+        <v>0</v>
+      </c>
+      <c r="T67" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:20">
+      <c r="A68" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B68" s="11" t="s">
+        <v>199</v>
+      </c>
+      <c r="C68" s="12">
+        <v>1</v>
+      </c>
+      <c r="D68" s="12">
+        <v>1</v>
+      </c>
+      <c r="E68" s="12">
+        <v>0</v>
+      </c>
+      <c r="F68" s="12">
+        <v>0</v>
+      </c>
+      <c r="G68" s="0"/>
+      <c r="K68" s="28">
+        <v>44</v>
+      </c>
+      <c r="L68" s="15" t="str">
+        <f>24*(N68-M68+P68-O68)</f>
+        <v>0</v>
+      </c>
+      <c r="M68" s="32" t="str">
+        <f>'Configuração'!C8</f>
+        <v>08:00</v>
+      </c>
+      <c r="N68" s="32" t="str">
+        <f>'Configuração'!D8</f>
+        <v>12:00</v>
+      </c>
+      <c r="O68" s="32" t="str">
+        <f>'Configuração'!E8</f>
+        <v>14:00</v>
+      </c>
+      <c r="P68" s="32" t="str">
+        <f>'Configuração'!F8</f>
+        <v>18:00</v>
+      </c>
+      <c r="S68" s="0">
+        <v>0</v>
+      </c>
+      <c r="T68" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:20">
+      <c r="A69" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B69" s="11" t="s">
+        <v>201</v>
+      </c>
+      <c r="C69" s="12">
+        <v>1</v>
+      </c>
+      <c r="D69" s="12">
+        <v>1</v>
+      </c>
+      <c r="E69" s="12">
+        <v>0</v>
+      </c>
+      <c r="F69" s="12">
+        <v>0</v>
+      </c>
+      <c r="G69" s="0"/>
+      <c r="K69" s="28">
+        <v>45</v>
+      </c>
+      <c r="L69" s="15" t="str">
+        <f>24*(N69-M69+P69-O69)</f>
+        <v>0</v>
+      </c>
+      <c r="M69" s="32" t="str">
+        <f>'Configuração'!C9</f>
+        <v>08:00</v>
+      </c>
+      <c r="N69" s="32" t="str">
+        <f>'Configuração'!D9</f>
+        <v>12:00</v>
+      </c>
+      <c r="O69" s="32" t="str">
+        <f>'Configuração'!E9</f>
+        <v>14:00</v>
+      </c>
+      <c r="P69" s="32" t="str">
+        <f>'Configuração'!F9</f>
+        <v>18:00</v>
+      </c>
+      <c r="S69" s="0">
+        <v>0</v>
+      </c>
+      <c r="T69" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:20">
+      <c r="A70" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B70" s="11" t="s">
+        <v>203</v>
+      </c>
+      <c r="C70" s="12">
+        <v>1</v>
+      </c>
+      <c r="D70" s="12">
+        <v>1</v>
+      </c>
+      <c r="E70" s="12">
+        <v>0</v>
+      </c>
+      <c r="F70" s="12">
+        <v>0</v>
+      </c>
+      <c r="G70" s="0"/>
+      <c r="K70" s="28">
+        <v>46</v>
+      </c>
+      <c r="L70" s="15" t="str">
+        <f>24*(N70-M70+P70-O70)</f>
+        <v>0</v>
+      </c>
+      <c r="M70" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N70" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O70" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P70" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S70" s="0">
+        <v>0</v>
+      </c>
+      <c r="T70" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:20">
+      <c r="A71" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B71" s="11" t="s">
+        <v>205</v>
+      </c>
+      <c r="C71" s="12">
+        <v>1</v>
+      </c>
+      <c r="D71" s="12">
+        <v>1</v>
+      </c>
+      <c r="E71" s="12">
+        <v>0</v>
+      </c>
+      <c r="F71" s="12">
+        <v>0</v>
+      </c>
+      <c r="G71" s="0"/>
+      <c r="K71" s="28">
+        <v>47</v>
+      </c>
+      <c r="L71" s="15" t="str">
+        <f>24*(N71-M71+P71-O71)</f>
+        <v>0</v>
+      </c>
+      <c r="M71" s="32" t="str">
+        <f>'Configuração'!C11</f>
+        <v>08:00</v>
+      </c>
+      <c r="N71" s="32" t="str">
+        <f>'Configuração'!D11</f>
+        <v>12:00</v>
+      </c>
+      <c r="O71" s="32" t="str">
+        <f>'Configuração'!E11</f>
+        <v>14:00</v>
+      </c>
+      <c r="P71" s="32" t="str">
+        <f>'Configuração'!F11</f>
+        <v>18:00</v>
+      </c>
+      <c r="S71" s="0">
+        <v>0</v>
+      </c>
+      <c r="T71" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:20">
+      <c r="A72" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="B72" s="11" t="s">
+        <v>207</v>
+      </c>
+      <c r="C72" s="12">
+        <v>1</v>
+      </c>
+      <c r="D72" s="12">
+        <v>1</v>
+      </c>
+      <c r="E72" s="12">
+        <v>0</v>
+      </c>
+      <c r="F72" s="12">
+        <v>0</v>
+      </c>
+      <c r="G72" s="0"/>
+      <c r="K72" s="28">
+        <v>48</v>
+      </c>
+      <c r="L72" s="15" t="str">
+        <f>24*(N72-M72+P72-O72)</f>
+        <v>0</v>
+      </c>
+      <c r="M72" s="32" t="str">
+        <f>'Configuração'!C12</f>
+        <v>08:00</v>
+      </c>
+      <c r="N72" s="32" t="str">
+        <f>'Configuração'!D12</f>
+        <v>12:00</v>
+      </c>
+      <c r="O72" s="32" t="str">
+        <f>'Configuração'!E12</f>
+        <v>14:00</v>
+      </c>
+      <c r="P72" s="32" t="str">
+        <f>'Configuração'!F12</f>
+        <v>18:00</v>
+      </c>
+      <c r="S72" s="0">
+        <v>0</v>
+      </c>
+      <c r="T72" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:20" s="16" customFormat="1">
+      <c r="A73" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B73" s="16" t="s">
+        <v>209</v>
+      </c>
+      <c r="C73" s="16">
+        <v>1</v>
+      </c>
+      <c r="D73" s="16">
+        <v>0</v>
+      </c>
+      <c r="E73" s="16">
+        <v>1</v>
+      </c>
+      <c r="F73" s="16">
+        <v>0</v>
+      </c>
+      <c r="G73" s="16"/>
+      <c r="K73" s="29"/>
+      <c r="M73" s="33"/>
+      <c r="N73" s="33"/>
+      <c r="O73" s="33"/>
+      <c r="P73" s="33"/>
+      <c r="S73" s="16">
+        <v>0</v>
+      </c>
+      <c r="T73" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:20" s="16" customFormat="1">
+      <c r="A74" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B74" s="16" t="s">
+        <v>211</v>
+      </c>
+      <c r="C74" s="16">
+        <v>1</v>
+      </c>
+      <c r="D74" s="16">
+        <v>0</v>
+      </c>
+      <c r="E74" s="16">
+        <v>1</v>
+      </c>
+      <c r="F74" s="16">
+        <v>0</v>
+      </c>
+      <c r="G74" s="16"/>
+      <c r="K74" s="29"/>
+      <c r="M74" s="33"/>
+      <c r="N74" s="33"/>
+      <c r="O74" s="33"/>
+      <c r="P74" s="33"/>
+      <c r="S74" s="16">
+        <v>0</v>
+      </c>
+      <c r="T74" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:20">
+      <c r="A75" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B75" s="11" t="s">
+        <v>213</v>
+      </c>
+      <c r="C75" s="12">
+        <v>1</v>
+      </c>
+      <c r="D75" s="12">
+        <v>1</v>
+      </c>
+      <c r="E75" s="12">
+        <v>0</v>
+      </c>
+      <c r="F75" s="12">
+        <v>0</v>
+      </c>
+      <c r="G75" s="0"/>
+      <c r="K75" s="28">
+        <v>49</v>
+      </c>
+      <c r="L75" s="15" t="str">
+        <f>24*(N75-M75+P75-O75)</f>
+        <v>0</v>
+      </c>
+      <c r="M75" s="32" t="str">
+        <f>'Configuração'!C8</f>
+        <v>08:00</v>
+      </c>
+      <c r="N75" s="32" t="str">
+        <f>'Configuração'!D8</f>
+        <v>12:00</v>
+      </c>
+      <c r="O75" s="32" t="str">
+        <f>'Configuração'!E8</f>
+        <v>14:00</v>
+      </c>
+      <c r="P75" s="32" t="str">
+        <f>'Configuração'!F8</f>
+        <v>18:00</v>
+      </c>
+      <c r="S75" s="0">
+        <v>0</v>
+      </c>
+      <c r="T75" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:20">
+      <c r="A76" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B76" s="11" t="s">
+        <v>215</v>
+      </c>
+      <c r="C76" s="12">
+        <v>1</v>
+      </c>
+      <c r="D76" s="12">
+        <v>1</v>
+      </c>
+      <c r="E76" s="12">
+        <v>0</v>
+      </c>
+      <c r="F76" s="12">
+        <v>0</v>
+      </c>
+      <c r="G76" s="0"/>
+      <c r="K76" s="28">
+        <v>50</v>
+      </c>
+      <c r="L76" s="15" t="str">
+        <f>24*(N76-M76+P76-O76)</f>
+        <v>0</v>
+      </c>
+      <c r="M76" s="32" t="str">
+        <f>'Configuração'!C9</f>
+        <v>08:00</v>
+      </c>
+      <c r="N76" s="32" t="str">
+        <f>'Configuração'!D9</f>
+        <v>12:00</v>
+      </c>
+      <c r="O76" s="32" t="str">
+        <f>'Configuração'!E9</f>
+        <v>14:00</v>
+      </c>
+      <c r="P76" s="32" t="str">
+        <f>'Configuração'!F9</f>
+        <v>18:00</v>
+      </c>
+      <c r="S76" s="0">
+        <v>0</v>
+      </c>
+      <c r="T76" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:20">
+      <c r="A77" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B77" s="11" t="s">
+        <v>217</v>
+      </c>
+      <c r="C77" s="12">
+        <v>1</v>
+      </c>
+      <c r="D77" s="12">
+        <v>1</v>
+      </c>
+      <c r="E77" s="12">
+        <v>0</v>
+      </c>
+      <c r="F77" s="12">
+        <v>0</v>
+      </c>
+      <c r="G77" s="0"/>
+      <c r="K77" s="28">
+        <v>51</v>
+      </c>
+      <c r="L77" s="15" t="str">
+        <f>24*(N77-M77+P77-O77)</f>
+        <v>0</v>
+      </c>
+      <c r="M77" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N77" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O77" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P77" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S77" s="0">
+        <v>0</v>
+      </c>
+      <c r="T77" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:20">
+      <c r="A78" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B78" s="11" t="s">
+        <v>219</v>
+      </c>
+      <c r="C78" s="12">
+        <v>1</v>
+      </c>
+      <c r="D78" s="12">
+        <v>1</v>
+      </c>
+      <c r="E78" s="12">
+        <v>0</v>
+      </c>
+      <c r="F78" s="12">
+        <v>0</v>
+      </c>
+      <c r="G78" s="0"/>
+      <c r="K78" s="28">
+        <v>52</v>
+      </c>
+      <c r="L78" s="15" t="str">
+        <f>24*(N78-M78+P78-O78)</f>
+        <v>0</v>
+      </c>
+      <c r="M78" s="32" t="str">
+        <f>'Configuração'!C11</f>
+        <v>08:00</v>
+      </c>
+      <c r="N78" s="32" t="str">
+        <f>'Configuração'!D11</f>
+        <v>12:00</v>
+      </c>
+      <c r="O78" s="32" t="str">
+        <f>'Configuração'!E11</f>
+        <v>14:00</v>
+      </c>
+      <c r="P78" s="32" t="str">
+        <f>'Configuração'!F11</f>
+        <v>18:00</v>
+      </c>
+      <c r="S78" s="0">
+        <v>0</v>
+      </c>
+      <c r="T78" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:20">
+      <c r="A79" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="B79" s="11" t="s">
+        <v>221</v>
+      </c>
+      <c r="C79" s="12">
+        <v>1</v>
+      </c>
+      <c r="D79" s="12">
+        <v>1</v>
+      </c>
+      <c r="E79" s="12">
+        <v>0</v>
+      </c>
+      <c r="F79" s="12">
+        <v>0</v>
+      </c>
+      <c r="G79" s="0"/>
+      <c r="K79" s="28">
+        <v>53</v>
+      </c>
+      <c r="L79" s="15" t="str">
+        <f>24*(N79-M79+P79-O79)</f>
+        <v>0</v>
+      </c>
+      <c r="M79" s="32" t="str">
+        <f>'Configuração'!C12</f>
+        <v>08:00</v>
+      </c>
+      <c r="N79" s="32" t="str">
+        <f>'Configuração'!D12</f>
+        <v>12:00</v>
+      </c>
+      <c r="O79" s="32" t="str">
+        <f>'Configuração'!E12</f>
+        <v>14:00</v>
+      </c>
+      <c r="P79" s="32" t="str">
+        <f>'Configuração'!F12</f>
+        <v>18:00</v>
+      </c>
+      <c r="S79" s="0">
+        <v>0</v>
+      </c>
+      <c r="T79" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:20" s="16" customFormat="1">
+      <c r="A80" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B80" s="16" t="s">
+        <v>223</v>
+      </c>
+      <c r="C80" s="16">
+        <v>1</v>
+      </c>
+      <c r="D80" s="16">
+        <v>0</v>
+      </c>
+      <c r="E80" s="16">
+        <v>1</v>
+      </c>
+      <c r="F80" s="16">
+        <v>0</v>
+      </c>
+      <c r="G80" s="16"/>
+      <c r="K80" s="29"/>
+      <c r="M80" s="33"/>
+      <c r="N80" s="33"/>
+      <c r="O80" s="33"/>
+      <c r="P80" s="33"/>
+      <c r="S80" s="16">
+        <v>0</v>
+      </c>
+      <c r="T80" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:20" s="16" customFormat="1">
+      <c r="A81" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B81" s="16" t="s">
+        <v>225</v>
+      </c>
+      <c r="C81" s="16">
+        <v>1</v>
+      </c>
+      <c r="D81" s="16">
+        <v>0</v>
+      </c>
+      <c r="E81" s="16">
+        <v>1</v>
+      </c>
+      <c r="F81" s="16">
+        <v>0</v>
+      </c>
+      <c r="G81" s="16"/>
+      <c r="K81" s="29"/>
+      <c r="M81" s="33"/>
+      <c r="N81" s="33"/>
+      <c r="O81" s="33"/>
+      <c r="P81" s="33"/>
+      <c r="S81" s="16">
+        <v>0</v>
+      </c>
+      <c r="T81" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:20">
+      <c r="A82" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B82" s="11" t="s">
+        <v>227</v>
+      </c>
+      <c r="C82" s="12">
+        <v>1</v>
+      </c>
+      <c r="D82" s="12">
+        <v>1</v>
+      </c>
+      <c r="E82" s="12">
+        <v>0</v>
+      </c>
+      <c r="F82" s="12">
+        <v>0</v>
+      </c>
+      <c r="G82" s="0"/>
+      <c r="K82" s="28">
+        <v>54</v>
+      </c>
+      <c r="L82" s="15" t="str">
+        <f>24*(N82-M82+P82-O82)</f>
+        <v>0</v>
+      </c>
+      <c r="M82" s="32" t="str">
+        <f>'Configuração'!C8</f>
+        <v>08:00</v>
+      </c>
+      <c r="N82" s="32" t="str">
+        <f>'Configuração'!D8</f>
+        <v>12:00</v>
+      </c>
+      <c r="O82" s="32" t="str">
+        <f>'Configuração'!E8</f>
+        <v>14:00</v>
+      </c>
+      <c r="P82" s="32" t="str">
+        <f>'Configuração'!F8</f>
+        <v>18:00</v>
+      </c>
+      <c r="S82" s="0">
+        <v>0</v>
+      </c>
+      <c r="T82" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:20">
+      <c r="A83" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B83" s="11" t="s">
+        <v>229</v>
+      </c>
+      <c r="C83" s="12">
+        <v>1</v>
+      </c>
+      <c r="D83" s="12">
+        <v>1</v>
+      </c>
+      <c r="E83" s="12">
+        <v>0</v>
+      </c>
+      <c r="F83" s="12">
+        <v>0</v>
+      </c>
+      <c r="G83" s="0"/>
+      <c r="K83" s="28">
+        <v>55</v>
+      </c>
+      <c r="L83" s="15" t="str">
+        <f>24*(N83-M83+P83-O83)</f>
+        <v>0</v>
+      </c>
+      <c r="M83" s="32" t="str">
+        <f>'Configuração'!C9</f>
+        <v>08:00</v>
+      </c>
+      <c r="N83" s="32" t="str">
+        <f>'Configuração'!D9</f>
+        <v>12:00</v>
+      </c>
+      <c r="O83" s="32" t="str">
+        <f>'Configuração'!E9</f>
+        <v>14:00</v>
+      </c>
+      <c r="P83" s="32" t="str">
+        <f>'Configuração'!F9</f>
+        <v>18:00</v>
+      </c>
+      <c r="S83" s="0">
+        <v>0</v>
+      </c>
+      <c r="T83" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:20">
+      <c r="A84" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B84" s="11" t="s">
+        <v>231</v>
+      </c>
+      <c r="C84" s="12">
+        <v>1</v>
+      </c>
+      <c r="D84" s="12">
+        <v>1</v>
+      </c>
+      <c r="E84" s="12">
+        <v>0</v>
+      </c>
+      <c r="F84" s="12">
+        <v>0</v>
+      </c>
+      <c r="G84" s="0"/>
+      <c r="K84" s="28">
+        <v>56</v>
+      </c>
+      <c r="L84" s="15" t="str">
+        <f>24*(N84-M84+P84-O84)</f>
+        <v>0</v>
+      </c>
+      <c r="M84" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N84" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O84" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P84" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S84" s="0">
+        <v>0</v>
+      </c>
+      <c r="T84" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="85" spans="1:20">
+      <c r="A85" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B85" s="11" t="s">
+        <v>233</v>
+      </c>
+      <c r="C85" s="12">
+        <v>1</v>
+      </c>
+      <c r="D85" s="12">
+        <v>1</v>
+      </c>
+      <c r="E85" s="12">
+        <v>0</v>
+      </c>
+      <c r="F85" s="12">
+        <v>0</v>
+      </c>
+      <c r="G85" s="0"/>
+      <c r="K85" s="28">
+        <v>57</v>
+      </c>
+      <c r="L85" s="15" t="str">
+        <f>24*(N85-M85+P85-O85)</f>
+        <v>0</v>
+      </c>
+      <c r="M85" s="32" t="str">
+        <f>'Configuração'!C11</f>
+        <v>08:00</v>
+      </c>
+      <c r="N85" s="32" t="str">
+        <f>'Configuração'!D11</f>
+        <v>12:00</v>
+      </c>
+      <c r="O85" s="32" t="str">
+        <f>'Configuração'!E11</f>
+        <v>14:00</v>
+      </c>
+      <c r="P85" s="32" t="str">
+        <f>'Configuração'!F11</f>
+        <v>18:00</v>
+      </c>
+      <c r="S85" s="0">
+        <v>0</v>
+      </c>
+      <c r="T85" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:20" s="17" customFormat="1">
+      <c r="A86" s="17" t="s">
+        <v>335</v>
+      </c>
+      <c r="B86" s="17" t="s">
+        <v>235</v>
+      </c>
+      <c r="C86" s="17">
+        <v>1</v>
+      </c>
+      <c r="D86" s="17">
+        <v>0</v>
+      </c>
+      <c r="E86" s="17">
+        <v>0</v>
+      </c>
+      <c r="F86" s="17">
+        <v>1</v>
+      </c>
+      <c r="G86" s="17" t="s">
+        <v>236</v>
+      </c>
+      <c r="K86" s="30"/>
+      <c r="M86" s="34"/>
+      <c r="N86" s="34"/>
+      <c r="O86" s="34"/>
+      <c r="P86" s="34"/>
+      <c r="S86" s="17">
+        <v>0</v>
+      </c>
+      <c r="T86" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:20" s="16" customFormat="1">
+      <c r="A87" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B87" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="C87" s="16">
+        <v>1</v>
+      </c>
+      <c r="D87" s="16">
+        <v>0</v>
+      </c>
+      <c r="E87" s="16">
+        <v>1</v>
+      </c>
+      <c r="F87" s="16">
+        <v>0</v>
+      </c>
+      <c r="G87" s="16"/>
+      <c r="K87" s="29"/>
+      <c r="M87" s="33"/>
+      <c r="N87" s="33"/>
+      <c r="O87" s="33"/>
+      <c r="P87" s="33"/>
+      <c r="S87" s="16">
+        <v>0</v>
+      </c>
+      <c r="T87" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:20" s="16" customFormat="1">
+      <c r="A88" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B88" s="16" t="s">
+        <v>240</v>
+      </c>
+      <c r="C88" s="16">
+        <v>1</v>
+      </c>
+      <c r="D88" s="16">
+        <v>0</v>
+      </c>
+      <c r="E88" s="16">
+        <v>1</v>
+      </c>
+      <c r="F88" s="16">
+        <v>0</v>
+      </c>
+      <c r="G88" s="16"/>
+      <c r="K88" s="29"/>
+      <c r="M88" s="33"/>
+      <c r="N88" s="33"/>
+      <c r="O88" s="33"/>
+      <c r="P88" s="33"/>
+      <c r="S88" s="16">
+        <v>0</v>
+      </c>
+      <c r="T88" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:20">
+      <c r="A89" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B89" s="11" t="s">
+        <v>242</v>
+      </c>
+      <c r="C89" s="12">
+        <v>1</v>
+      </c>
+      <c r="D89" s="12">
+        <v>1</v>
+      </c>
+      <c r="E89" s="12">
+        <v>0</v>
+      </c>
+      <c r="F89" s="12">
+        <v>0</v>
+      </c>
+      <c r="G89" s="0"/>
+      <c r="K89" s="28">
+        <v>58</v>
+      </c>
+      <c r="L89" s="15" t="str">
+        <f>24*(N89-M89+P89-O89)</f>
+        <v>0</v>
+      </c>
+      <c r="M89" s="32" t="str">
+        <f>'Configuração'!C8</f>
+        <v>08:00</v>
+      </c>
+      <c r="N89" s="32" t="str">
+        <f>'Configuração'!D8</f>
+        <v>12:00</v>
+      </c>
+      <c r="O89" s="32" t="str">
+        <f>'Configuração'!E8</f>
+        <v>14:00</v>
+      </c>
+      <c r="P89" s="32" t="str">
+        <f>'Configuração'!F8</f>
+        <v>18:00</v>
+      </c>
+      <c r="S89" s="0">
+        <v>0</v>
+      </c>
+      <c r="T89" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:20">
+      <c r="A90" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B90" s="11" t="s">
+        <v>244</v>
+      </c>
+      <c r="C90" s="12">
+        <v>1</v>
+      </c>
+      <c r="D90" s="12">
+        <v>1</v>
+      </c>
+      <c r="E90" s="12">
+        <v>0</v>
+      </c>
+      <c r="F90" s="12">
+        <v>0</v>
+      </c>
+      <c r="G90" s="0"/>
+      <c r="K90" s="28">
+        <v>59</v>
+      </c>
+      <c r="L90" s="15" t="str">
+        <f>24*(N90-M90+P90-O90)</f>
+        <v>0</v>
+      </c>
+      <c r="M90" s="32" t="str">
+        <f>'Configuração'!C9</f>
+        <v>08:00</v>
+      </c>
+      <c r="N90" s="32" t="str">
+        <f>'Configuração'!D9</f>
+        <v>12:00</v>
+      </c>
+      <c r="O90" s="32" t="str">
+        <f>'Configuração'!E9</f>
+        <v>14:00</v>
+      </c>
+      <c r="P90" s="32" t="str">
+        <f>'Configuração'!F9</f>
+        <v>18:00</v>
+      </c>
+      <c r="S90" s="0">
+        <v>0</v>
+      </c>
+      <c r="T90" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:20">
+      <c r="A91" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B91" s="11" t="s">
+        <v>246</v>
+      </c>
+      <c r="C91" s="12">
+        <v>1</v>
+      </c>
+      <c r="D91" s="12">
+        <v>1</v>
+      </c>
+      <c r="E91" s="12">
+        <v>0</v>
+      </c>
+      <c r="F91" s="12">
+        <v>0</v>
+      </c>
+      <c r="G91" s="0"/>
+      <c r="K91" s="28">
+        <v>60</v>
+      </c>
+      <c r="L91" s="15" t="str">
+        <f>24*(N91-M91+P91-O91)</f>
+        <v>0</v>
+      </c>
+      <c r="M91" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N91" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O91" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P91" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S91" s="0">
+        <v>0</v>
+      </c>
+      <c r="T91" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:20">
+      <c r="A92" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B92" s="11" t="s">
+        <v>248</v>
+      </c>
+      <c r="C92" s="12">
+        <v>1</v>
+      </c>
+      <c r="D92" s="12">
+        <v>1</v>
+      </c>
+      <c r="E92" s="12">
+        <v>0</v>
+      </c>
+      <c r="F92" s="12">
+        <v>0</v>
+      </c>
+      <c r="G92" s="0"/>
+      <c r="K92" s="28">
+        <v>61</v>
+      </c>
+      <c r="L92" s="15" t="str">
+        <f>24*(N92-M92+P92-O92)</f>
+        <v>0</v>
+      </c>
+      <c r="M92" s="32" t="str">
+        <f>'Configuração'!C11</f>
+        <v>08:00</v>
+      </c>
+      <c r="N92" s="32" t="str">
+        <f>'Configuração'!D11</f>
+        <v>12:00</v>
+      </c>
+      <c r="O92" s="32" t="str">
+        <f>'Configuração'!E11</f>
+        <v>14:00</v>
+      </c>
+      <c r="P92" s="32" t="str">
+        <f>'Configuração'!F11</f>
+        <v>18:00</v>
+      </c>
+      <c r="S92" s="0">
+        <v>0</v>
+      </c>
+      <c r="T92" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:20">
+      <c r="A93" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="B93" s="11" t="s">
+        <v>250</v>
+      </c>
+      <c r="C93" s="12">
+        <v>1</v>
+      </c>
+      <c r="D93" s="12">
+        <v>1</v>
+      </c>
+      <c r="E93" s="12">
+        <v>0</v>
+      </c>
+      <c r="F93" s="12">
+        <v>0</v>
+      </c>
+      <c r="G93" s="0"/>
+      <c r="K93" s="28">
+        <v>62</v>
+      </c>
+      <c r="L93" s="15" t="str">
+        <f>24*(N93-M93+P93-O93)</f>
+        <v>0</v>
+      </c>
+      <c r="M93" s="32" t="str">
+        <f>'Configuração'!C12</f>
+        <v>08:00</v>
+      </c>
+      <c r="N93" s="32" t="str">
+        <f>'Configuração'!D12</f>
+        <v>12:00</v>
+      </c>
+      <c r="O93" s="32" t="str">
+        <f>'Configuração'!E12</f>
+        <v>14:00</v>
+      </c>
+      <c r="P93" s="32" t="str">
+        <f>'Configuração'!F12</f>
+        <v>18:00</v>
+      </c>
+      <c r="S93" s="0">
+        <v>0</v>
+      </c>
+      <c r="T93" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:20" s="16" customFormat="1">
+      <c r="A94" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B94" s="16" t="s">
+        <v>252</v>
+      </c>
+      <c r="C94" s="16">
+        <v>1</v>
+      </c>
+      <c r="D94" s="16">
+        <v>0</v>
+      </c>
+      <c r="E94" s="16">
+        <v>1</v>
+      </c>
+      <c r="F94" s="16">
+        <v>0</v>
+      </c>
+      <c r="G94" s="16"/>
+      <c r="K94" s="29"/>
+      <c r="M94" s="33"/>
+      <c r="N94" s="33"/>
+      <c r="O94" s="33"/>
+      <c r="P94" s="33"/>
+      <c r="S94" s="16">
+        <v>0</v>
+      </c>
+      <c r="T94" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:20" s="16" customFormat="1">
+      <c r="A95" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B95" s="16" t="s">
+        <v>254</v>
+      </c>
+      <c r="C95" s="16">
+        <v>1</v>
+      </c>
+      <c r="D95" s="16">
+        <v>0</v>
+      </c>
+      <c r="E95" s="16">
+        <v>1</v>
+      </c>
+      <c r="F95" s="16">
+        <v>0</v>
+      </c>
+      <c r="G95" s="16"/>
+      <c r="K95" s="29"/>
+      <c r="M95" s="33"/>
+      <c r="N95" s="33"/>
+      <c r="O95" s="33"/>
+      <c r="P95" s="33"/>
+      <c r="S95" s="16">
+        <v>0</v>
+      </c>
+      <c r="T95" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:20">
+      <c r="A96" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B96" s="11" t="s">
+        <v>256</v>
+      </c>
+      <c r="C96" s="12">
+        <v>1</v>
+      </c>
+      <c r="D96" s="12">
+        <v>1</v>
+      </c>
+      <c r="E96" s="12">
+        <v>0</v>
+      </c>
+      <c r="F96" s="12">
+        <v>0</v>
+      </c>
+      <c r="G96" s="0"/>
+      <c r="K96" s="28">
+        <v>63</v>
+      </c>
+      <c r="L96" s="15" t="str">
+        <f>24*(N96-M96+P96-O96)</f>
+        <v>0</v>
+      </c>
+      <c r="M96" s="32" t="str">
+        <f>'Configuração'!C8</f>
+        <v>08:00</v>
+      </c>
+      <c r="N96" s="32" t="str">
+        <f>'Configuração'!D8</f>
+        <v>12:00</v>
+      </c>
+      <c r="O96" s="32" t="str">
+        <f>'Configuração'!E8</f>
+        <v>14:00</v>
+      </c>
+      <c r="P96" s="32" t="str">
+        <f>'Configuração'!F8</f>
+        <v>18:00</v>
+      </c>
+      <c r="S96" s="0">
+        <v>0</v>
+      </c>
+      <c r="T96" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:20">
+      <c r="A97" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B97" s="11" t="s">
+        <v>258</v>
+      </c>
+      <c r="C97" s="12">
+        <v>1</v>
+      </c>
+      <c r="D97" s="12">
+        <v>1</v>
+      </c>
+      <c r="E97" s="12">
+        <v>0</v>
+      </c>
+      <c r="F97" s="12">
+        <v>0</v>
+      </c>
+      <c r="G97" s="0"/>
+      <c r="K97" s="28">
+        <v>64</v>
+      </c>
+      <c r="L97" s="15" t="str">
+        <f>24*(N97-M97+P97-O97)</f>
+        <v>0</v>
+      </c>
+      <c r="M97" s="32" t="str">
+        <f>'Configuração'!C9</f>
+        <v>08:00</v>
+      </c>
+      <c r="N97" s="32" t="str">
+        <f>'Configuração'!D9</f>
+        <v>12:00</v>
+      </c>
+      <c r="O97" s="32" t="str">
+        <f>'Configuração'!E9</f>
+        <v>14:00</v>
+      </c>
+      <c r="P97" s="32" t="str">
+        <f>'Configuração'!F9</f>
+        <v>18:00</v>
+      </c>
+      <c r="S97" s="0">
+        <v>0</v>
+      </c>
+      <c r="T97" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:20">
+      <c r="A98" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B98" s="11" t="s">
+        <v>260</v>
+      </c>
+      <c r="C98" s="12">
+        <v>1</v>
+      </c>
+      <c r="D98" s="12">
+        <v>1</v>
+      </c>
+      <c r="E98" s="12">
+        <v>0</v>
+      </c>
+      <c r="F98" s="12">
+        <v>0</v>
+      </c>
+      <c r="G98" s="0"/>
+      <c r="K98" s="28">
+        <v>65</v>
+      </c>
+      <c r="L98" s="15" t="str">
+        <f>24*(N98-M98+P98-O98)</f>
+        <v>0</v>
+      </c>
+      <c r="M98" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N98" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O98" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P98" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S98" s="0">
+        <v>0</v>
+      </c>
+      <c r="T98" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:20">
+      <c r="A99" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B99" s="11" t="s">
+        <v>262</v>
+      </c>
+      <c r="C99" s="12">
+        <v>1</v>
+      </c>
+      <c r="D99" s="12">
+        <v>1</v>
+      </c>
+      <c r="E99" s="12">
+        <v>0</v>
+      </c>
+      <c r="F99" s="12">
+        <v>0</v>
+      </c>
+      <c r="G99" s="0"/>
+      <c r="K99" s="28">
+        <v>66</v>
+      </c>
+      <c r="L99" s="15" t="str">
+        <f>24*(N99-M99+P99-O99)</f>
+        <v>0</v>
+      </c>
+      <c r="M99" s="32" t="str">
+        <f>'Configuração'!C11</f>
+        <v>08:00</v>
+      </c>
+      <c r="N99" s="32" t="str">
+        <f>'Configuração'!D11</f>
+        <v>12:00</v>
+      </c>
+      <c r="O99" s="32" t="str">
+        <f>'Configuração'!E11</f>
+        <v>14:00</v>
+      </c>
+      <c r="P99" s="32" t="str">
+        <f>'Configuração'!F11</f>
+        <v>18:00</v>
+      </c>
+      <c r="S99" s="0">
+        <v>0</v>
+      </c>
+      <c r="T99" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:20">
+      <c r="A100" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="B100" s="11" t="s">
+        <v>264</v>
+      </c>
+      <c r="C100" s="12">
+        <v>1</v>
+      </c>
+      <c r="D100" s="12">
+        <v>1</v>
+      </c>
+      <c r="E100" s="12">
+        <v>0</v>
+      </c>
+      <c r="F100" s="12">
+        <v>0</v>
+      </c>
+      <c r="G100" s="0"/>
+      <c r="K100" s="28">
+        <v>67</v>
+      </c>
+      <c r="L100" s="15" t="str">
+        <f>24*(N100-M100+P100-O100)</f>
+        <v>0</v>
+      </c>
+      <c r="M100" s="32" t="str">
+        <f>'Configuração'!C12</f>
+        <v>08:00</v>
+      </c>
+      <c r="N100" s="32" t="str">
+        <f>'Configuração'!D12</f>
+        <v>12:00</v>
+      </c>
+      <c r="O100" s="32" t="str">
+        <f>'Configuração'!E12</f>
+        <v>14:00</v>
+      </c>
+      <c r="P100" s="32" t="str">
+        <f>'Configuração'!F12</f>
+        <v>18:00</v>
+      </c>
+      <c r="S100" s="0">
+        <v>0</v>
+      </c>
+      <c r="T100" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="101" spans="1:20" s="16" customFormat="1">
+      <c r="A101" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B101" s="16" t="s">
+        <v>266</v>
+      </c>
+      <c r="C101" s="16">
+        <v>1</v>
+      </c>
+      <c r="D101" s="16">
+        <v>0</v>
+      </c>
+      <c r="E101" s="16">
+        <v>1</v>
+      </c>
+      <c r="F101" s="16">
+        <v>0</v>
+      </c>
+      <c r="G101" s="16"/>
+      <c r="K101" s="29"/>
+      <c r="M101" s="33"/>
+      <c r="N101" s="33"/>
+      <c r="O101" s="33"/>
+      <c r="P101" s="33"/>
+      <c r="S101" s="16">
+        <v>0</v>
+      </c>
+      <c r="T101" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:20" s="16" customFormat="1">
+      <c r="A102" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B102" s="16" t="s">
+        <v>268</v>
+      </c>
+      <c r="C102" s="16">
+        <v>1</v>
+      </c>
+      <c r="D102" s="16">
+        <v>0</v>
+      </c>
+      <c r="E102" s="16">
+        <v>1</v>
+      </c>
+      <c r="F102" s="16">
+        <v>0</v>
+      </c>
+      <c r="G102" s="16"/>
+      <c r="K102" s="29"/>
+      <c r="M102" s="33"/>
+      <c r="N102" s="33"/>
+      <c r="O102" s="33"/>
+      <c r="P102" s="33"/>
+      <c r="S102" s="16">
+        <v>0</v>
+      </c>
+      <c r="T102" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:20">
+      <c r="A103" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B103" s="11" t="s">
+        <v>270</v>
+      </c>
+      <c r="C103" s="12">
+        <v>1</v>
+      </c>
+      <c r="D103" s="12">
+        <v>1</v>
+      </c>
+      <c r="E103" s="12">
+        <v>0</v>
+      </c>
+      <c r="F103" s="12">
+        <v>0</v>
+      </c>
+      <c r="G103" s="0"/>
+      <c r="K103" s="28">
         <v>68</v>
       </c>
-      <c r="C4" s="13">
-[...25 lines deleted...]
-      <c r="A5" s="13" t="s">
+      <c r="L103" s="15" t="str">
+        <f>24*(N103-M103+P103-O103)</f>
+        <v>0</v>
+      </c>
+      <c r="M103" s="32" t="str">
+        <f>'Configuração'!C8</f>
+        <v>08:00</v>
+      </c>
+      <c r="N103" s="32" t="str">
+        <f>'Configuração'!D8</f>
+        <v>12:00</v>
+      </c>
+      <c r="O103" s="32" t="str">
+        <f>'Configuração'!E8</f>
+        <v>14:00</v>
+      </c>
+      <c r="P103" s="32" t="str">
+        <f>'Configuração'!F8</f>
+        <v>18:00</v>
+      </c>
+      <c r="S103" s="0">
+        <v>0</v>
+      </c>
+      <c r="T103" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="104" spans="1:20">
+      <c r="A104" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B104" s="11" t="s">
+        <v>272</v>
+      </c>
+      <c r="C104" s="12">
+        <v>1</v>
+      </c>
+      <c r="D104" s="12">
+        <v>1</v>
+      </c>
+      <c r="E104" s="12">
+        <v>0</v>
+      </c>
+      <c r="F104" s="12">
+        <v>0</v>
+      </c>
+      <c r="G104" s="0"/>
+      <c r="K104" s="28">
+        <v>69</v>
+      </c>
+      <c r="L104" s="15" t="str">
+        <f>24*(N104-M104+P104-O104)</f>
+        <v>0</v>
+      </c>
+      <c r="M104" s="32" t="str">
+        <f>'Configuração'!C9</f>
+        <v>08:00</v>
+      </c>
+      <c r="N104" s="32" t="str">
+        <f>'Configuração'!D9</f>
+        <v>12:00</v>
+      </c>
+      <c r="O104" s="32" t="str">
+        <f>'Configuração'!E9</f>
+        <v>14:00</v>
+      </c>
+      <c r="P104" s="32" t="str">
+        <f>'Configuração'!F9</f>
+        <v>18:00</v>
+      </c>
+      <c r="S104" s="0">
+        <v>0</v>
+      </c>
+      <c r="T104" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:20">
+      <c r="A105" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B105" s="11" t="s">
+        <v>274</v>
+      </c>
+      <c r="C105" s="12">
+        <v>1</v>
+      </c>
+      <c r="D105" s="12">
+        <v>1</v>
+      </c>
+      <c r="E105" s="12">
+        <v>0</v>
+      </c>
+      <c r="F105" s="12">
+        <v>0</v>
+      </c>
+      <c r="G105" s="0"/>
+      <c r="K105" s="28">
+        <v>70</v>
+      </c>
+      <c r="L105" s="15" t="str">
+        <f>24*(N105-M105+P105-O105)</f>
+        <v>0</v>
+      </c>
+      <c r="M105" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N105" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O105" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P105" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S105" s="0">
+        <v>0</v>
+      </c>
+      <c r="T105" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="106" spans="1:20">
+      <c r="A106" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B106" s="11" t="s">
+        <v>276</v>
+      </c>
+      <c r="C106" s="12">
+        <v>1</v>
+      </c>
+      <c r="D106" s="12">
+        <v>1</v>
+      </c>
+      <c r="E106" s="12">
+        <v>0</v>
+      </c>
+      <c r="F106" s="12">
+        <v>0</v>
+      </c>
+      <c r="G106" s="0"/>
+      <c r="K106" s="28">
+        <v>71</v>
+      </c>
+      <c r="L106" s="15" t="str">
+        <f>24*(N106-M106+P106-O106)</f>
+        <v>0</v>
+      </c>
+      <c r="M106" s="32" t="str">
+        <f>'Configuração'!C11</f>
+        <v>08:00</v>
+      </c>
+      <c r="N106" s="32" t="str">
+        <f>'Configuração'!D11</f>
+        <v>12:00</v>
+      </c>
+      <c r="O106" s="32" t="str">
+        <f>'Configuração'!E11</f>
+        <v>14:00</v>
+      </c>
+      <c r="P106" s="32" t="str">
+        <f>'Configuração'!F11</f>
+        <v>18:00</v>
+      </c>
+      <c r="S106" s="0">
+        <v>0</v>
+      </c>
+      <c r="T106" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="107" spans="1:20" s="17" customFormat="1">
+      <c r="A107" s="17" t="s">
+        <v>335</v>
+      </c>
+      <c r="B107" s="17" t="s">
+        <v>278</v>
+      </c>
+      <c r="C107" s="17">
+        <v>1</v>
+      </c>
+      <c r="D107" s="17">
+        <v>0</v>
+      </c>
+      <c r="E107" s="17">
+        <v>0</v>
+      </c>
+      <c r="F107" s="17">
+        <v>1</v>
+      </c>
+      <c r="G107" s="17" t="s">
+        <v>279</v>
+      </c>
+      <c r="K107" s="30"/>
+      <c r="M107" s="34"/>
+      <c r="N107" s="34"/>
+      <c r="O107" s="34"/>
+      <c r="P107" s="34"/>
+      <c r="S107" s="17">
+        <v>0</v>
+      </c>
+      <c r="T107" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="108" spans="1:20" s="16" customFormat="1">
+      <c r="A108" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B108" s="16" t="s">
+        <v>281</v>
+      </c>
+      <c r="C108" s="16">
+        <v>1</v>
+      </c>
+      <c r="D108" s="16">
+        <v>0</v>
+      </c>
+      <c r="E108" s="16">
+        <v>1</v>
+      </c>
+      <c r="F108" s="16">
+        <v>0</v>
+      </c>
+      <c r="G108" s="16"/>
+      <c r="K108" s="29"/>
+      <c r="M108" s="33"/>
+      <c r="N108" s="33"/>
+      <c r="O108" s="33"/>
+      <c r="P108" s="33"/>
+      <c r="S108" s="16">
+        <v>0</v>
+      </c>
+      <c r="T108" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" spans="1:20" s="16" customFormat="1">
+      <c r="A109" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B109" s="16" t="s">
+        <v>283</v>
+      </c>
+      <c r="C109" s="16">
+        <v>1</v>
+      </c>
+      <c r="D109" s="16">
+        <v>0</v>
+      </c>
+      <c r="E109" s="16">
+        <v>1</v>
+      </c>
+      <c r="F109" s="16">
+        <v>0</v>
+      </c>
+      <c r="G109" s="16"/>
+      <c r="K109" s="29"/>
+      <c r="M109" s="33"/>
+      <c r="N109" s="33"/>
+      <c r="O109" s="33"/>
+      <c r="P109" s="33"/>
+      <c r="S109" s="16">
+        <v>0</v>
+      </c>
+      <c r="T109" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="110" spans="1:20" s="17" customFormat="1">
+      <c r="A110" s="17" t="s">
         <v>341</v>
       </c>
-      <c r="B5" s="13" t="s">
-[...31 lines deleted...]
-      <c r="B6" s="10" t="s">
+      <c r="B110" s="17" t="s">
+        <v>285</v>
+      </c>
+      <c r="C110" s="17">
+        <v>1</v>
+      </c>
+      <c r="D110" s="17">
+        <v>0</v>
+      </c>
+      <c r="E110" s="17">
+        <v>0</v>
+      </c>
+      <c r="F110" s="17">
+        <v>1</v>
+      </c>
+      <c r="G110" s="17" t="s">
+        <v>286</v>
+      </c>
+      <c r="K110" s="30"/>
+      <c r="M110" s="34"/>
+      <c r="N110" s="34"/>
+      <c r="O110" s="34"/>
+      <c r="P110" s="34"/>
+      <c r="S110" s="17">
+        <v>0</v>
+      </c>
+      <c r="T110" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="111" spans="1:20">
+      <c r="A111" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B111" s="11" t="s">
+        <v>288</v>
+      </c>
+      <c r="C111" s="12">
+        <v>1</v>
+      </c>
+      <c r="D111" s="12">
+        <v>1</v>
+      </c>
+      <c r="E111" s="12">
+        <v>0</v>
+      </c>
+      <c r="F111" s="12">
+        <v>0</v>
+      </c>
+      <c r="G111" s="0"/>
+      <c r="K111" s="28">
         <v>72</v>
       </c>
-      <c r="C6" s="11">
-[...20 lines deleted...]
-        <f>'налаштування'!C8</f>
+      <c r="L111" s="15" t="str">
+        <f>24*(N111-M111+P111-O111)</f>
+        <v>0</v>
+      </c>
+      <c r="M111" s="32" t="str">
+        <f>'Configuração'!C9</f>
         <v>08:00</v>
       </c>
-      <c r="N6" s="27" t="str">
-        <f>'налаштування'!D8</f>
+      <c r="N111" s="32" t="str">
+        <f>'Configuração'!D9</f>
         <v>12:00</v>
       </c>
-      <c r="O6" s="27" t="str">
-        <f>'налаштування'!E8</f>
+      <c r="O111" s="32" t="str">
+        <f>'Configuração'!E9</f>
         <v>14:00</v>
       </c>
-      <c r="P6" s="27" t="str">
-        <f>'налаштування'!F8</f>
+      <c r="P111" s="32" t="str">
+        <f>'Configuração'!F9</f>
         <v>18:00</v>
       </c>
-      <c r="S6" s="0">
-[...7 lines deleted...]
-      <c r="A7" s="10" t="s">
+      <c r="S111" s="0">
+        <v>0</v>
+      </c>
+      <c r="T111" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="112" spans="1:20">
+      <c r="A112" s="11" t="s">
         <v>331</v>
       </c>
-      <c r="B7" s="10" t="s">
+      <c r="B112" s="11" t="s">
+        <v>290</v>
+      </c>
+      <c r="C112" s="12">
+        <v>1</v>
+      </c>
+      <c r="D112" s="12">
+        <v>1</v>
+      </c>
+      <c r="E112" s="12">
+        <v>0</v>
+      </c>
+      <c r="F112" s="12">
+        <v>0</v>
+      </c>
+      <c r="G112" s="0"/>
+      <c r="K112" s="28">
+        <v>73</v>
+      </c>
+      <c r="L112" s="15" t="str">
+        <f>24*(N112-M112+P112-O112)</f>
+        <v>0</v>
+      </c>
+      <c r="M112" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N112" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O112" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P112" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S112" s="0">
+        <v>0</v>
+      </c>
+      <c r="T112" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="1:20">
+      <c r="A113" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B113" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C113" s="12">
+        <v>1</v>
+      </c>
+      <c r="D113" s="12">
+        <v>1</v>
+      </c>
+      <c r="E113" s="12">
+        <v>0</v>
+      </c>
+      <c r="F113" s="12">
+        <v>0</v>
+      </c>
+      <c r="G113" s="0"/>
+      <c r="K113" s="28">
         <v>74</v>
       </c>
-      <c r="C7" s="11">
-[...20 lines deleted...]
-        <f>'налаштування'!C9</f>
+      <c r="L113" s="15" t="str">
+        <f>24*(N113-M113+P113-O113)</f>
+        <v>0</v>
+      </c>
+      <c r="M113" s="32" t="str">
+        <f>'Configuração'!C11</f>
         <v>08:00</v>
       </c>
-      <c r="N7" s="27" t="str">
-        <f>'налаштування'!D9</f>
+      <c r="N113" s="32" t="str">
+        <f>'Configuração'!D11</f>
         <v>12:00</v>
       </c>
-      <c r="O7" s="27" t="str">
-        <f>'налаштування'!E9</f>
+      <c r="O113" s="32" t="str">
+        <f>'Configuração'!E11</f>
         <v>14:00</v>
       </c>
-      <c r="P7" s="27" t="str">
-        <f>'налаштування'!F9</f>
+      <c r="P113" s="32" t="str">
+        <f>'Configuração'!F11</f>
         <v>18:00</v>
       </c>
-      <c r="S7" s="0">
-[...7 lines deleted...]
-      <c r="A8" s="10" t="s">
+      <c r="S113" s="0">
+        <v>0</v>
+      </c>
+      <c r="T113" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="1:20">
+      <c r="A114" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="B114" s="11" t="s">
+        <v>294</v>
+      </c>
+      <c r="C114" s="12">
+        <v>1</v>
+      </c>
+      <c r="D114" s="12">
+        <v>1</v>
+      </c>
+      <c r="E114" s="12">
+        <v>0</v>
+      </c>
+      <c r="F114" s="12">
+        <v>0</v>
+      </c>
+      <c r="G114" s="0"/>
+      <c r="K114" s="28">
+        <v>75</v>
+      </c>
+      <c r="L114" s="15" t="str">
+        <f>24*(N114-M114+P114-O114)</f>
+        <v>0</v>
+      </c>
+      <c r="M114" s="32" t="str">
+        <f>'Configuração'!C12</f>
+        <v>08:00</v>
+      </c>
+      <c r="N114" s="32" t="str">
+        <f>'Configuração'!D12</f>
+        <v>12:00</v>
+      </c>
+      <c r="O114" s="32" t="str">
+        <f>'Configuração'!E12</f>
+        <v>14:00</v>
+      </c>
+      <c r="P114" s="32" t="str">
+        <f>'Configuração'!F12</f>
+        <v>18:00</v>
+      </c>
+      <c r="S114" s="0">
+        <v>0</v>
+      </c>
+      <c r="T114" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="1:20" s="16" customFormat="1">
+      <c r="A115" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B115" s="16" t="s">
+        <v>296</v>
+      </c>
+      <c r="C115" s="16">
+        <v>1</v>
+      </c>
+      <c r="D115" s="16">
+        <v>0</v>
+      </c>
+      <c r="E115" s="16">
+        <v>1</v>
+      </c>
+      <c r="F115" s="16">
+        <v>0</v>
+      </c>
+      <c r="G115" s="16"/>
+      <c r="K115" s="29"/>
+      <c r="M115" s="33"/>
+      <c r="N115" s="33"/>
+      <c r="O115" s="33"/>
+      <c r="P115" s="33"/>
+      <c r="S115" s="16">
+        <v>0</v>
+      </c>
+      <c r="T115" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:20" s="16" customFormat="1">
+      <c r="A116" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B116" s="16" t="s">
+        <v>298</v>
+      </c>
+      <c r="C116" s="16">
+        <v>1</v>
+      </c>
+      <c r="D116" s="16">
+        <v>0</v>
+      </c>
+      <c r="E116" s="16">
+        <v>1</v>
+      </c>
+      <c r="F116" s="16">
+        <v>0</v>
+      </c>
+      <c r="G116" s="16"/>
+      <c r="K116" s="29"/>
+      <c r="M116" s="33"/>
+      <c r="N116" s="33"/>
+      <c r="O116" s="33"/>
+      <c r="P116" s="33"/>
+      <c r="S116" s="16">
+        <v>0</v>
+      </c>
+      <c r="T116" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:20">
+      <c r="A117" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B117" s="11" t="s">
+        <v>300</v>
+      </c>
+      <c r="C117" s="12">
+        <v>1</v>
+      </c>
+      <c r="D117" s="12">
+        <v>1</v>
+      </c>
+      <c r="E117" s="12">
+        <v>0</v>
+      </c>
+      <c r="F117" s="12">
+        <v>0</v>
+      </c>
+      <c r="G117" s="0"/>
+      <c r="K117" s="28">
+        <v>76</v>
+      </c>
+      <c r="L117" s="15" t="str">
+        <f>24*(N117-M117+P117-O117)</f>
+        <v>0</v>
+      </c>
+      <c r="M117" s="32" t="str">
+        <f>'Configuração'!C8</f>
+        <v>08:00</v>
+      </c>
+      <c r="N117" s="32" t="str">
+        <f>'Configuração'!D8</f>
+        <v>12:00</v>
+      </c>
+      <c r="O117" s="32" t="str">
+        <f>'Configuração'!E8</f>
+        <v>14:00</v>
+      </c>
+      <c r="P117" s="32" t="str">
+        <f>'Configuração'!F8</f>
+        <v>18:00</v>
+      </c>
+      <c r="S117" s="0">
+        <v>0</v>
+      </c>
+      <c r="T117" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="118" spans="1:20">
+      <c r="A118" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B118" s="11" t="s">
+        <v>302</v>
+      </c>
+      <c r="C118" s="12">
+        <v>1</v>
+      </c>
+      <c r="D118" s="12">
+        <v>1</v>
+      </c>
+      <c r="E118" s="12">
+        <v>0</v>
+      </c>
+      <c r="F118" s="12">
+        <v>0</v>
+      </c>
+      <c r="G118" s="0"/>
+      <c r="K118" s="28">
+        <v>77</v>
+      </c>
+      <c r="L118" s="15" t="str">
+        <f>24*(N118-M118+P118-O118)</f>
+        <v>0</v>
+      </c>
+      <c r="M118" s="32" t="str">
+        <f>'Configuração'!C9</f>
+        <v>08:00</v>
+      </c>
+      <c r="N118" s="32" t="str">
+        <f>'Configuração'!D9</f>
+        <v>12:00</v>
+      </c>
+      <c r="O118" s="32" t="str">
+        <f>'Configuração'!E9</f>
+        <v>14:00</v>
+      </c>
+      <c r="P118" s="32" t="str">
+        <f>'Configuração'!F9</f>
+        <v>18:00</v>
+      </c>
+      <c r="S118" s="0">
+        <v>0</v>
+      </c>
+      <c r="T118" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119" spans="1:20">
+      <c r="A119" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B119" s="11" t="s">
+        <v>304</v>
+      </c>
+      <c r="C119" s="12">
+        <v>1</v>
+      </c>
+      <c r="D119" s="12">
+        <v>1</v>
+      </c>
+      <c r="E119" s="12">
+        <v>0</v>
+      </c>
+      <c r="F119" s="12">
+        <v>0</v>
+      </c>
+      <c r="G119" s="0"/>
+      <c r="K119" s="28">
+        <v>78</v>
+      </c>
+      <c r="L119" s="15" t="str">
+        <f>24*(N119-M119+P119-O119)</f>
+        <v>0</v>
+      </c>
+      <c r="M119" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N119" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O119" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P119" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S119" s="0">
+        <v>0</v>
+      </c>
+      <c r="T119" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="120" spans="1:20">
+      <c r="A120" s="11" t="s">
         <v>333</v>
       </c>
-      <c r="B8" s="10" t="s">
-[...23 lines deleted...]
-        <f>'налаштування'!C10</f>
+      <c r="B120" s="11" t="s">
+        <v>306</v>
+      </c>
+      <c r="C120" s="12">
+        <v>1</v>
+      </c>
+      <c r="D120" s="12">
+        <v>1</v>
+      </c>
+      <c r="E120" s="12">
+        <v>0</v>
+      </c>
+      <c r="F120" s="12">
+        <v>0</v>
+      </c>
+      <c r="G120" s="0"/>
+      <c r="K120" s="28">
+        <v>79</v>
+      </c>
+      <c r="L120" s="15" t="str">
+        <f>24*(N120-M120+P120-O120)</f>
+        <v>0</v>
+      </c>
+      <c r="M120" s="32" t="str">
+        <f>'Configuração'!C11</f>
         <v>08:00</v>
       </c>
-      <c r="N8" s="27" t="str">
-        <f>'налаштування'!D10</f>
+      <c r="N120" s="32" t="str">
+        <f>'Configuração'!D11</f>
         <v>12:00</v>
       </c>
-      <c r="O8" s="27" t="str">
-        <f>'налаштування'!E10</f>
+      <c r="O120" s="32" t="str">
+        <f>'Configuração'!E11</f>
         <v>14:00</v>
       </c>
-      <c r="P8" s="27" t="str">
-        <f>'налаштування'!F10</f>
+      <c r="P120" s="32" t="str">
+        <f>'Configuração'!F11</f>
         <v>18:00</v>
       </c>
-      <c r="S8" s="0">
-[...7 lines deleted...]
-      <c r="A9" s="10" t="s">
+      <c r="S120" s="0">
+        <v>0</v>
+      </c>
+      <c r="T120" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:20">
+      <c r="A121" s="11" t="s">
         <v>335</v>
       </c>
-      <c r="B9" s="10" t="s">
-[...15 lines deleted...]
-      <c r="K9" s="23">
+      <c r="B121" s="11" t="s">
+        <v>308</v>
+      </c>
+      <c r="C121" s="12">
+        <v>1</v>
+      </c>
+      <c r="D121" s="12">
+        <v>1</v>
+      </c>
+      <c r="E121" s="12">
+        <v>0</v>
+      </c>
+      <c r="F121" s="12">
+        <v>0</v>
+      </c>
+      <c r="G121" s="0"/>
+      <c r="K121" s="28">
+        <v>80</v>
+      </c>
+      <c r="L121" s="15" t="str">
+        <f>24*(N121-M121+P121-O121)</f>
+        <v>0</v>
+      </c>
+      <c r="M121" s="32" t="str">
+        <f>'Configuração'!C12</f>
+        <v>08:00</v>
+      </c>
+      <c r="N121" s="32" t="str">
+        <f>'Configuração'!D12</f>
+        <v>12:00</v>
+      </c>
+      <c r="O121" s="32" t="str">
+        <f>'Configuração'!E12</f>
+        <v>14:00</v>
+      </c>
+      <c r="P121" s="32" t="str">
+        <f>'Configuração'!F12</f>
+        <v>18:00</v>
+      </c>
+      <c r="S121" s="0">
+        <v>0</v>
+      </c>
+      <c r="T121" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:20" s="16" customFormat="1">
+      <c r="A122" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B122" s="16" t="s">
+        <v>310</v>
+      </c>
+      <c r="C122" s="16">
+        <v>1</v>
+      </c>
+      <c r="D122" s="16">
+        <v>0</v>
+      </c>
+      <c r="E122" s="16">
+        <v>1</v>
+      </c>
+      <c r="F122" s="16">
+        <v>0</v>
+      </c>
+      <c r="G122" s="16"/>
+      <c r="K122" s="29"/>
+      <c r="M122" s="33"/>
+      <c r="N122" s="33"/>
+      <c r="O122" s="33"/>
+      <c r="P122" s="33"/>
+      <c r="S122" s="16">
+        <v>0</v>
+      </c>
+      <c r="T122" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="123" spans="1:20" s="16" customFormat="1">
+      <c r="A123" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B123" s="16" t="s">
+        <v>312</v>
+      </c>
+      <c r="C123" s="16">
+        <v>1</v>
+      </c>
+      <c r="D123" s="16">
+        <v>0</v>
+      </c>
+      <c r="E123" s="16">
+        <v>1</v>
+      </c>
+      <c r="F123" s="16">
+        <v>0</v>
+      </c>
+      <c r="G123" s="16"/>
+      <c r="K123" s="29"/>
+      <c r="M123" s="33"/>
+      <c r="N123" s="33"/>
+      <c r="O123" s="33"/>
+      <c r="P123" s="33"/>
+      <c r="S123" s="16">
+        <v>0</v>
+      </c>
+      <c r="T123" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="124" spans="1:20">
+      <c r="A124" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B124" s="11" t="s">
+        <v>314</v>
+      </c>
+      <c r="C124" s="12">
+        <v>1</v>
+      </c>
+      <c r="D124" s="12">
+        <v>1</v>
+      </c>
+      <c r="E124" s="12">
+        <v>0</v>
+      </c>
+      <c r="F124" s="12">
+        <v>0</v>
+      </c>
+      <c r="G124" s="0"/>
+      <c r="K124" s="28">
+        <v>81</v>
+      </c>
+      <c r="L124" s="15" t="str">
+        <f>24*(N124-M124+P124-O124)</f>
+        <v>0</v>
+      </c>
+      <c r="M124" s="32" t="str">
+        <f>'Configuração'!C8</f>
+        <v>08:00</v>
+      </c>
+      <c r="N124" s="32" t="str">
+        <f>'Configuração'!D8</f>
+        <v>12:00</v>
+      </c>
+      <c r="O124" s="32" t="str">
+        <f>'Configuração'!E8</f>
+        <v>14:00</v>
+      </c>
+      <c r="P124" s="32" t="str">
+        <f>'Configuração'!F8</f>
+        <v>18:00</v>
+      </c>
+      <c r="S124" s="0">
+        <v>0</v>
+      </c>
+      <c r="T124" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:20">
+      <c r="A125" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B125" s="11" t="s">
+        <v>316</v>
+      </c>
+      <c r="C125" s="12">
+        <v>1</v>
+      </c>
+      <c r="D125" s="12">
+        <v>1</v>
+      </c>
+      <c r="E125" s="12">
+        <v>0</v>
+      </c>
+      <c r="F125" s="12">
+        <v>0</v>
+      </c>
+      <c r="G125" s="0"/>
+      <c r="K125" s="28">
+        <v>82</v>
+      </c>
+      <c r="L125" s="15" t="str">
+        <f>24*(N125-M125+P125-O125)</f>
+        <v>0</v>
+      </c>
+      <c r="M125" s="32" t="str">
+        <f>'Configuração'!C9</f>
+        <v>08:00</v>
+      </c>
+      <c r="N125" s="32" t="str">
+        <f>'Configuração'!D9</f>
+        <v>12:00</v>
+      </c>
+      <c r="O125" s="32" t="str">
+        <f>'Configuração'!E9</f>
+        <v>14:00</v>
+      </c>
+      <c r="P125" s="32" t="str">
+        <f>'Configuração'!F9</f>
+        <v>18:00</v>
+      </c>
+      <c r="S125" s="0">
+        <v>0</v>
+      </c>
+      <c r="T125" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="126" spans="1:20">
+      <c r="A126" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B126" s="11" t="s">
+        <v>318</v>
+      </c>
+      <c r="C126" s="12">
+        <v>1</v>
+      </c>
+      <c r="D126" s="12">
+        <v>1</v>
+      </c>
+      <c r="E126" s="12">
+        <v>0</v>
+      </c>
+      <c r="F126" s="12">
+        <v>0</v>
+      </c>
+      <c r="G126" s="0"/>
+      <c r="K126" s="28">
+        <v>83</v>
+      </c>
+      <c r="L126" s="15" t="str">
+        <f>24*(N126-M126+P126-O126)</f>
+        <v>0</v>
+      </c>
+      <c r="M126" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N126" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O126" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P126" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S126" s="0">
+        <v>0</v>
+      </c>
+      <c r="T126" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="127" spans="1:20">
+      <c r="A127" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B127" s="11" t="s">
+        <v>320</v>
+      </c>
+      <c r="C127" s="12">
+        <v>1</v>
+      </c>
+      <c r="D127" s="12">
+        <v>1</v>
+      </c>
+      <c r="E127" s="12">
+        <v>0</v>
+      </c>
+      <c r="F127" s="12">
+        <v>0</v>
+      </c>
+      <c r="G127" s="0"/>
+      <c r="K127" s="28">
+        <v>84</v>
+      </c>
+      <c r="L127" s="15" t="str">
+        <f>24*(N127-M127+P127-O127)</f>
+        <v>0</v>
+      </c>
+      <c r="M127" s="32" t="str">
+        <f>'Configuração'!C11</f>
+        <v>08:00</v>
+      </c>
+      <c r="N127" s="32" t="str">
+        <f>'Configuração'!D11</f>
+        <v>12:00</v>
+      </c>
+      <c r="O127" s="32" t="str">
+        <f>'Configuração'!E11</f>
+        <v>14:00</v>
+      </c>
+      <c r="P127" s="32" t="str">
+        <f>'Configuração'!F11</f>
+        <v>18:00</v>
+      </c>
+      <c r="S127" s="0">
+        <v>0</v>
+      </c>
+      <c r="T127" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:20">
+      <c r="A128" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="B128" s="11" t="s">
+        <v>322</v>
+      </c>
+      <c r="C128" s="12">
+        <v>1</v>
+      </c>
+      <c r="D128" s="12">
+        <v>1</v>
+      </c>
+      <c r="E128" s="12">
+        <v>0</v>
+      </c>
+      <c r="F128" s="12">
+        <v>0</v>
+      </c>
+      <c r="G128" s="0"/>
+      <c r="K128" s="28">
+        <v>85</v>
+      </c>
+      <c r="L128" s="15" t="str">
+        <f>24*(N128-M128+P128-O128)</f>
+        <v>0</v>
+      </c>
+      <c r="M128" s="32" t="str">
+        <f>'Configuração'!C12</f>
+        <v>08:00</v>
+      </c>
+      <c r="N128" s="32" t="str">
+        <f>'Configuração'!D12</f>
+        <v>12:00</v>
+      </c>
+      <c r="O128" s="32" t="str">
+        <f>'Configuração'!E12</f>
+        <v>14:00</v>
+      </c>
+      <c r="P128" s="32" t="str">
+        <f>'Configuração'!F12</f>
+        <v>18:00</v>
+      </c>
+      <c r="S128" s="0">
+        <v>0</v>
+      </c>
+      <c r="T128" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="129" spans="1:20" s="16" customFormat="1">
+      <c r="A129" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B129" s="16" t="s">
+        <v>324</v>
+      </c>
+      <c r="C129" s="16">
+        <v>1</v>
+      </c>
+      <c r="D129" s="16">
+        <v>0</v>
+      </c>
+      <c r="E129" s="16">
+        <v>1</v>
+      </c>
+      <c r="F129" s="16">
+        <v>0</v>
+      </c>
+      <c r="G129" s="16"/>
+      <c r="K129" s="29"/>
+      <c r="M129" s="33"/>
+      <c r="N129" s="33"/>
+      <c r="O129" s="33"/>
+      <c r="P129" s="33"/>
+      <c r="S129" s="16">
+        <v>0</v>
+      </c>
+      <c r="T129" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:20" s="16" customFormat="1">
+      <c r="A130" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B130" s="16" t="s">
+        <v>326</v>
+      </c>
+      <c r="C130" s="16">
+        <v>1</v>
+      </c>
+      <c r="D130" s="16">
+        <v>0</v>
+      </c>
+      <c r="E130" s="16">
+        <v>1</v>
+      </c>
+      <c r="F130" s="16">
+        <v>0</v>
+      </c>
+      <c r="G130" s="16"/>
+      <c r="K130" s="29"/>
+      <c r="M130" s="33"/>
+      <c r="N130" s="33"/>
+      <c r="O130" s="33"/>
+      <c r="P130" s="33"/>
+      <c r="S130" s="16">
+        <v>0</v>
+      </c>
+      <c r="T130" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:20">
+      <c r="A131" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B131" s="11" t="s">
+        <v>328</v>
+      </c>
+      <c r="C131" s="12">
+        <v>1</v>
+      </c>
+      <c r="D131" s="12">
+        <v>1</v>
+      </c>
+      <c r="E131" s="12">
+        <v>0</v>
+      </c>
+      <c r="F131" s="12">
+        <v>0</v>
+      </c>
+      <c r="G131" s="0"/>
+      <c r="K131" s="28">
+        <v>86</v>
+      </c>
+      <c r="L131" s="15" t="str">
+        <f>24*(N131-M131+P131-O131)</f>
+        <v>0</v>
+      </c>
+      <c r="M131" s="32" t="str">
+        <f>'Configuração'!C8</f>
+        <v>08:00</v>
+      </c>
+      <c r="N131" s="32" t="str">
+        <f>'Configuração'!D8</f>
+        <v>12:00</v>
+      </c>
+      <c r="O131" s="32" t="str">
+        <f>'Configuração'!E8</f>
+        <v>14:00</v>
+      </c>
+      <c r="P131" s="32" t="str">
+        <f>'Configuração'!F8</f>
+        <v>18:00</v>
+      </c>
+      <c r="S131" s="0">
+        <v>0</v>
+      </c>
+      <c r="T131" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="132" spans="1:20">
+      <c r="A132" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B132" s="11" t="s">
+        <v>330</v>
+      </c>
+      <c r="C132" s="12">
+        <v>1</v>
+      </c>
+      <c r="D132" s="12">
+        <v>1</v>
+      </c>
+      <c r="E132" s="12">
+        <v>0</v>
+      </c>
+      <c r="F132" s="12">
+        <v>0</v>
+      </c>
+      <c r="G132" s="0"/>
+      <c r="K132" s="28">
+        <v>87</v>
+      </c>
+      <c r="L132" s="15" t="str">
+        <f>24*(N132-M132+P132-O132)</f>
+        <v>0</v>
+      </c>
+      <c r="M132" s="32" t="str">
+        <f>'Configuração'!C9</f>
+        <v>08:00</v>
+      </c>
+      <c r="N132" s="32" t="str">
+        <f>'Configuração'!D9</f>
+        <v>12:00</v>
+      </c>
+      <c r="O132" s="32" t="str">
+        <f>'Configuração'!E9</f>
+        <v>14:00</v>
+      </c>
+      <c r="P132" s="32" t="str">
+        <f>'Configuração'!F9</f>
+        <v>18:00</v>
+      </c>
+      <c r="S132" s="0">
+        <v>0</v>
+      </c>
+      <c r="T132" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="133" spans="1:20">
+      <c r="A133" s="11" t="s">
+        <v>331</v>
+      </c>
+      <c r="B133" s="11" t="s">
+        <v>332</v>
+      </c>
+      <c r="C133" s="12">
+        <v>1</v>
+      </c>
+      <c r="D133" s="12">
+        <v>1</v>
+      </c>
+      <c r="E133" s="12">
+        <v>0</v>
+      </c>
+      <c r="F133" s="12">
+        <v>0</v>
+      </c>
+      <c r="G133" s="0"/>
+      <c r="K133" s="28">
+        <v>88</v>
+      </c>
+      <c r="L133" s="15" t="str">
+        <f>24*(N133-M133+P133-O133)</f>
+        <v>0</v>
+      </c>
+      <c r="M133" s="32" t="str">
+        <f>'Configuração'!C10</f>
+        <v>08:00</v>
+      </c>
+      <c r="N133" s="32" t="str">
+        <f>'Configuração'!D10</f>
+        <v>12:00</v>
+      </c>
+      <c r="O133" s="32" t="str">
+        <f>'Configuração'!E10</f>
+        <v>14:00</v>
+      </c>
+      <c r="P133" s="32" t="str">
+        <f>'Configuração'!F10</f>
+        <v>18:00</v>
+      </c>
+      <c r="S133" s="0">
+        <v>0</v>
+      </c>
+      <c r="T133" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:20">
+      <c r="A134" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B134" s="11" t="s">
+        <v>334</v>
+      </c>
+      <c r="C134" s="12">
+        <v>1</v>
+      </c>
+      <c r="D134" s="12">
+        <v>1</v>
+      </c>
+      <c r="E134" s="12">
+        <v>0</v>
+      </c>
+      <c r="F134" s="12">
+        <v>0</v>
+      </c>
+      <c r="G134" s="0"/>
+      <c r="K134" s="28">
+        <v>89</v>
+      </c>
+      <c r="L134" s="15" t="str">
+        <f>24*(N134-M134+P134-O134)</f>
+        <v>0</v>
+      </c>
+      <c r="M134" s="32" t="str">
+        <f>'Configuração'!C11</f>
+        <v>08:00</v>
+      </c>
+      <c r="N134" s="32" t="str">
+        <f>'Configuração'!D11</f>
+        <v>12:00</v>
+      </c>
+      <c r="O134" s="32" t="str">
+        <f>'Configuração'!E11</f>
+        <v>14:00</v>
+      </c>
+      <c r="P134" s="32" t="str">
+        <f>'Configuração'!F11</f>
+        <v>18:00</v>
+      </c>
+      <c r="S134" s="0">
+        <v>0</v>
+      </c>
+      <c r="T134" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="135" spans="1:20">
+      <c r="A135" s="11" t="s">
+        <v>335</v>
+      </c>
+      <c r="B135" s="11" t="s">
+        <v>336</v>
+      </c>
+      <c r="C135" s="12">
+        <v>1</v>
+      </c>
+      <c r="D135" s="12">
+        <v>1</v>
+      </c>
+      <c r="E135" s="12">
+        <v>0</v>
+      </c>
+      <c r="F135" s="12">
+        <v>0</v>
+      </c>
+      <c r="G135" s="0"/>
+      <c r="K135" s="28">
+        <v>90</v>
+      </c>
+      <c r="L135" s="15" t="str">
+        <f>24*(N135-M135+P135-O135)</f>
+        <v>0</v>
+      </c>
+      <c r="M135" s="32" t="str">
+        <f>'Configuração'!C12</f>
+        <v>08:00</v>
+      </c>
+      <c r="N135" s="32" t="str">
+        <f>'Configuração'!D12</f>
+        <v>12:00</v>
+      </c>
+      <c r="O135" s="32" t="str">
+        <f>'Configuração'!E12</f>
+        <v>14:00</v>
+      </c>
+      <c r="P135" s="32" t="str">
+        <f>'Configuração'!F12</f>
+        <v>18:00</v>
+      </c>
+      <c r="S135" s="0">
+        <v>0</v>
+      </c>
+      <c r="T135" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:20" s="16" customFormat="1">
+      <c r="A136" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B136" s="16" t="s">
+        <v>338</v>
+      </c>
+      <c r="C136" s="16">
+        <v>1</v>
+      </c>
+      <c r="D136" s="16">
+        <v>0</v>
+      </c>
+      <c r="E136" s="16">
+        <v>1</v>
+      </c>
+      <c r="F136" s="16">
+        <v>0</v>
+      </c>
+      <c r="G136" s="16"/>
+      <c r="K136" s="29"/>
+      <c r="M136" s="33"/>
+      <c r="N136" s="33"/>
+      <c r="O136" s="33"/>
+      <c r="P136" s="33"/>
+      <c r="S136" s="16">
+        <v>0</v>
+      </c>
+      <c r="T136" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:20" s="16" customFormat="1">
+      <c r="A137" s="16" t="s">
+        <v>339</v>
+      </c>
+      <c r="B137" s="16" t="s">
+        <v>340</v>
+      </c>
+      <c r="C137" s="16">
+        <v>1</v>
+      </c>
+      <c r="D137" s="16">
+        <v>0</v>
+      </c>
+      <c r="E137" s="16">
+        <v>1</v>
+      </c>
+      <c r="F137" s="16">
+        <v>0</v>
+      </c>
+      <c r="G137" s="16"/>
+      <c r="K137" s="29"/>
+      <c r="M137" s="33"/>
+      <c r="N137" s="33"/>
+      <c r="O137" s="33"/>
+      <c r="P137" s="33"/>
+      <c r="S137" s="16">
+        <v>0</v>
+      </c>
+      <c r="T137" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:20">
+      <c r="A138" s="11" t="s">
+        <v>341</v>
+      </c>
+      <c r="B138" s="11" t="s">
+        <v>342</v>
+      </c>
+      <c r="C138" s="12">
+        <v>1</v>
+      </c>
+      <c r="D138" s="12">
+        <v>1</v>
+      </c>
+      <c r="E138" s="12">
+        <v>0</v>
+      </c>
+      <c r="F138" s="12">
+        <v>0</v>
+      </c>
+      <c r="G138" s="0"/>
+      <c r="K138" s="28">
+        <v>91</v>
+      </c>
+      <c r="L138" s="15" t="str">
+        <f>24*(N138-M138+P138-O138)</f>
+        <v>0</v>
+      </c>
+      <c r="M138" s="32" t="str">
+        <f>'Configuração'!C8</f>
+        <v>08:00</v>
+      </c>
+      <c r="N138" s="32" t="str">
+        <f>'Configuração'!D8</f>
+        <v>12:00</v>
+      </c>
+      <c r="O138" s="32" t="str">
+        <f>'Configuração'!E8</f>
+        <v>14:00</v>
+      </c>
+      <c r="P138" s="32" t="str">
+        <f>'Configuração'!F8</f>
+        <v>18:00</v>
+      </c>
+      <c r="S138" s="0">
+        <v>0</v>
+      </c>
+      <c r="T138" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="139" spans="1:20">
+      <c r="A139" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B139" s="11" t="s">
+        <v>344</v>
+      </c>
+      <c r="C139" s="12">
+        <v>1</v>
+      </c>
+      <c r="D139" s="12">
+        <v>1</v>
+      </c>
+      <c r="E139" s="12">
+        <v>0</v>
+      </c>
+      <c r="F139" s="12">
+        <v>0</v>
+      </c>
+      <c r="G139" s="0"/>
+      <c r="K139" s="28">
+        <v>92</v>
+      </c>
+      <c r="L139" s="15" t="str">
+        <f>24*(N139-M139+P139-O139)</f>
+        <v>0</v>
+      </c>
+      <c r="M139" s="32" t="str">
+        <f>'Configuração'!C9</f>
+        <v>08:00</v>
+      </c>
+      <c r="N139" s="32" t="str">
+        <f>'Configuração'!D9</f>
+        <v>12:00</v>
+      </c>
+      <c r="O139" s="32" t="str">
+        <f>'Configuração'!E9</f>
+        <v>14:00</v>
+      </c>
+      <c r="P139" s="32" t="str">
+        <f>'Configuração'!F9</f>
+        <v>18:00</v>
+      </c>
+      <c r="S139" s="0">
+        <v>0</v>
+      </c>
+      <c r="T139" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="140" spans="1:20">
+      <c r="A140" s="22" t="s">
+        <v>396</v>
+      </c>
+      <c r="B140" s="23"/>
+      <c r="C140" s="24">
+        <f>SUM(C2:C139)</f>
+        <v>138</v>
+      </c>
+      <c r="D140" s="24">
+        <f>SUM(D2:D139)</f>
+        <v>92</v>
+      </c>
+      <c r="E140" s="24">
+        <f>SUM(E2:E139)</f>
+        <v>40</v>
+      </c>
+      <c r="F140" s="24">
+        <f>SUM(F2:F139)</f>
         <v>6</v>
       </c>
-      <c r="L9" s="12" t="str">
-[...5779 lines deleted...]
-        <v>344</v>
+      <c r="G140" s="20"/>
+      <c r="H140" s="20"/>
+      <c r="I140" s="20"/>
+      <c r="J140" s="20"/>
+      <c r="K140" s="31"/>
+      <c r="L140" s="25">
+        <f>SUM(L2:L139)</f>
+        <v>0</v>
+      </c>
+      <c r="M140" s="35"/>
+      <c r="N140" s="36"/>
+      <c r="O140" s="36"/>
+      <c r="P140" s="36"/>
+      <c r="Q140" s="26"/>
+      <c r="R140" s="20"/>
+      <c r="S140" s="20">
+        <f>SUM(S2:S139)</f>
+        <v>0</v>
+      </c>
+      <c r="T140" s="20">
+        <f>SUM(T2:T139)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="150" spans="1:20">
+      <c r="A150" s="37" t="s">
+        <v>346</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="M1:N1"/>
     <mergeCell ref="O1:P1"/>
-    <mergeCell ref="A139:B139"/>
+    <mergeCell ref="A140:B140"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A149" r:id="rId_hyperlink_1"/>
+    <hyperlink ref="A150" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C22" sqref="C22"/>
+      <selection pane="bottomLeft" activeCell="C23" sqref="C23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
+    <col min="8" max="8" width="18" customWidth="true" style="13"/>
     <col min="1" max="1" width="24" customWidth="true" style="0"/>
     <col min="2" max="2" width="18" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="5" max="5" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="18" customWidth="true" style="0"/>
     <col min="7" max="7" width="18" customWidth="true" style="0"/>
-    <col min="8" max="8" width="18" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="40">
       <c r="A1" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B1" s="7" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C1" s="7" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="D1" s="7" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="E1" s="7" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="F1" s="7" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="G1" s="7" t="s">
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="H1" s="1"/>
+        <v>395</v>
+      </c>
+      <c r="H1" s="14"/>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="0" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="B2" s="0">
-        <f>SUM(дні!C2:C5)</f>
-        <v>4</v>
+        <f>SUM(Dias!C2:C4)</f>
+        <v>3</v>
       </c>
       <c r="C2" s="0">
-        <f>SUM(дні!D2:D5)</f>
+        <f>SUM(Dias!D2:D4)</f>
+        <v>1</v>
+      </c>
+      <c r="D2" s="16">
+        <f>SUM(Dias!E2:E4)</f>
         <v>2</v>
       </c>
-      <c r="D2" s="13">
-[...4 lines deleted...]
-        <f>SUM(дні!F2:F5)</f>
+      <c r="E2" s="17">
+        <f>SUM(Dias!F2:F4)</f>
         <v>0</v>
       </c>
       <c r="F2" s="0">
-        <f>SUM(дні!H2:H5)</f>
+        <f>SUM(Dias!H2:H4)</f>
         <v>0</v>
       </c>
       <c r="G2" s="0">
-        <f>SUM(дні!L2:L5)</f>
+        <f>SUM(Dias!L2:L4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="0" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B3" s="0">
-        <f>SUM(дні!C6:C12)</f>
+        <f>SUM(Dias!C5:C11)</f>
         <v>7</v>
       </c>
       <c r="C3" s="0">
-        <f>SUM(дні!D6:D12)</f>
+        <f>SUM(Dias!D5:D11)</f>
         <v>5</v>
       </c>
-      <c r="D3" s="13">
-        <f>SUM(дні!E6:E12)</f>
+      <c r="D3" s="16">
+        <f>SUM(Dias!E5:E11)</f>
         <v>2</v>
       </c>
-      <c r="E3" s="14">
-[...1 lines deleted...]
-        <v>1</v>
+      <c r="E3" s="17">
+        <f>SUM(Dias!F5:F11)</f>
+        <v>0</v>
       </c>
       <c r="F3" s="0">
-        <f>SUM(дні!H6:H12)</f>
+        <f>SUM(Dias!H5:H11)</f>
         <v>0</v>
       </c>
       <c r="G3" s="0">
-        <f>SUM(дні!L6:L12)</f>
+        <f>SUM(Dias!L5:L11)</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="0" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B4" s="0">
-        <f>SUM(дні!C13:C19)</f>
+        <f>SUM(Dias!C12:C18)</f>
         <v>7</v>
       </c>
       <c r="C4" s="0">
-        <f>SUM(дні!D13:D19)</f>
-[...3 lines deleted...]
-        <f>SUM(дні!E13:E19)</f>
+        <f>SUM(Dias!D12:D18)</f>
+        <v>3</v>
+      </c>
+      <c r="D4" s="16">
+        <f>SUM(Dias!E12:E18)</f>
         <v>2</v>
       </c>
-      <c r="E4" s="14">
-        <f>SUM(дні!F13:F19)</f>
+      <c r="E4" s="17">
+        <f>SUM(Dias!F12:F18)</f>
         <v>2</v>
       </c>
       <c r="F4" s="0">
-        <f>SUM(дні!H13:H19)</f>
+        <f>SUM(Dias!H12:H18)</f>
         <v>0</v>
       </c>
       <c r="G4" s="0">
-        <f>SUM(дні!L13:L19)</f>
+        <f>SUM(Dias!L12:L18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="0" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B5" s="0">
-        <f>SUM(дні!C20:C26)</f>
+        <f>SUM(Dias!C19:C25)</f>
         <v>7</v>
       </c>
       <c r="C5" s="0">
-        <f>SUM(дні!D20:D26)</f>
+        <f>SUM(Dias!D19:D25)</f>
         <v>4</v>
       </c>
-      <c r="D5" s="13">
-        <f>SUM(дні!E20:E26)</f>
+      <c r="D5" s="16">
+        <f>SUM(Dias!E19:E25)</f>
         <v>2</v>
       </c>
-      <c r="E5" s="14">
-        <f>SUM(дні!F20:F26)</f>
+      <c r="E5" s="17">
+        <f>SUM(Dias!F19:F25)</f>
         <v>1</v>
       </c>
       <c r="F5" s="0">
-        <f>SUM(дні!H20:H26)</f>
+        <f>SUM(Dias!H19:H25)</f>
         <v>0</v>
       </c>
       <c r="G5" s="0">
-        <f>SUM(дні!L20:L26)</f>
+        <f>SUM(Dias!L19:L25)</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="0" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B6" s="0">
-        <f>SUM(дні!C27:C33)</f>
+        <f>SUM(Dias!C26:C32)</f>
         <v>7</v>
       </c>
       <c r="C6" s="0">
-        <f>SUM(дні!D27:D33)</f>
+        <f>SUM(Dias!D26:D32)</f>
         <v>5</v>
       </c>
-      <c r="D6" s="13">
-        <f>SUM(дні!E27:E33)</f>
+      <c r="D6" s="16">
+        <f>SUM(Dias!E26:E32)</f>
         <v>2</v>
       </c>
-      <c r="E6" s="14">
-        <f>SUM(дні!F27:F33)</f>
+      <c r="E6" s="17">
+        <f>SUM(Dias!F26:F32)</f>
         <v>0</v>
       </c>
       <c r="F6" s="0">
-        <f>SUM(дні!H27:H33)</f>
+        <f>SUM(Dias!H26:H32)</f>
         <v>0</v>
       </c>
       <c r="G6" s="0">
-        <f>SUM(дні!L27:L33)</f>
+        <f>SUM(Dias!L26:L32)</f>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="0" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B7" s="0">
-        <f>SUM(дні!C34:C40)</f>
+        <f>SUM(Dias!C33:C39)</f>
         <v>7</v>
       </c>
       <c r="C7" s="0">
-        <f>SUM(дні!D34:D40)</f>
+        <f>SUM(Dias!D33:D39)</f>
         <v>5</v>
       </c>
-      <c r="D7" s="13">
-        <f>SUM(дні!E34:E40)</f>
+      <c r="D7" s="16">
+        <f>SUM(Dias!E33:E39)</f>
         <v>2</v>
       </c>
-      <c r="E7" s="14">
-        <f>SUM(дні!F34:F40)</f>
+      <c r="E7" s="17">
+        <f>SUM(Dias!F33:F39)</f>
         <v>0</v>
       </c>
       <c r="F7" s="0">
-        <f>SUM(дні!H34:H40)</f>
+        <f>SUM(Dias!H33:H39)</f>
         <v>0</v>
       </c>
       <c r="G7" s="0">
-        <f>SUM(дні!L34:L40)</f>
+        <f>SUM(Dias!L33:L39)</f>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="0" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B8" s="0">
-        <f>SUM(дні!C41:C47)</f>
+        <f>SUM(Dias!C40:C46)</f>
         <v>7</v>
       </c>
       <c r="C8" s="0">
-        <f>SUM(дні!D41:D47)</f>
+        <f>SUM(Dias!D40:D46)</f>
         <v>5</v>
       </c>
-      <c r="D8" s="13">
-        <f>SUM(дні!E41:E47)</f>
+      <c r="D8" s="16">
+        <f>SUM(Dias!E40:E46)</f>
         <v>2</v>
       </c>
-      <c r="E8" s="14">
-        <f>SUM(дні!F41:F47)</f>
+      <c r="E8" s="17">
+        <f>SUM(Dias!F40:F46)</f>
         <v>0</v>
       </c>
       <c r="F8" s="0">
-        <f>SUM(дні!H41:H47)</f>
+        <f>SUM(Dias!H40:H46)</f>
         <v>0</v>
       </c>
       <c r="G8" s="0">
-        <f>SUM(дні!L41:L47)</f>
+        <f>SUM(Dias!L40:L46)</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="0" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B9" s="0">
-        <f>SUM(дні!C48:C54)</f>
+        <f>SUM(Dias!C47:C53)</f>
         <v>7</v>
       </c>
       <c r="C9" s="0">
-        <f>SUM(дні!D48:D54)</f>
+        <f>SUM(Dias!D47:D53)</f>
         <v>5</v>
       </c>
-      <c r="D9" s="13">
-        <f>SUM(дні!E48:E54)</f>
+      <c r="D9" s="16">
+        <f>SUM(Dias!E47:E53)</f>
         <v>2</v>
       </c>
-      <c r="E9" s="14">
-        <f>SUM(дні!F48:F54)</f>
+      <c r="E9" s="17">
+        <f>SUM(Dias!F47:F53)</f>
         <v>0</v>
       </c>
       <c r="F9" s="0">
-        <f>SUM(дні!H48:H54)</f>
+        <f>SUM(Dias!H47:H53)</f>
         <v>0</v>
       </c>
       <c r="G9" s="0">
-        <f>SUM(дні!L48:L54)</f>
+        <f>SUM(Dias!L47:L53)</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="0" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B10" s="0">
-        <f>SUM(дні!C55:C61)</f>
+        <f>SUM(Dias!C54:C60)</f>
         <v>7</v>
       </c>
       <c r="C10" s="0">
-        <f>SUM(дні!D55:D61)</f>
+        <f>SUM(Dias!D54:D60)</f>
         <v>5</v>
       </c>
-      <c r="D10" s="13">
-        <f>SUM(дні!E55:E61)</f>
+      <c r="D10" s="16">
+        <f>SUM(Dias!E54:E60)</f>
         <v>2</v>
       </c>
-      <c r="E10" s="14">
-        <f>SUM(дні!F55:F61)</f>
+      <c r="E10" s="17">
+        <f>SUM(Dias!F54:F60)</f>
         <v>0</v>
       </c>
       <c r="F10" s="0">
-        <f>SUM(дні!H55:H61)</f>
+        <f>SUM(Dias!H54:H60)</f>
         <v>0</v>
       </c>
       <c r="G10" s="0">
-        <f>SUM(дні!L55:L61)</f>
+        <f>SUM(Dias!L54:L60)</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="0" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B11" s="0">
-        <f>SUM(дні!C62:C68)</f>
+        <f>SUM(Dias!C61:C67)</f>
         <v>7</v>
       </c>
       <c r="C11" s="0">
-        <f>SUM(дні!D62:D68)</f>
+        <f>SUM(Dias!D61:D67)</f>
         <v>5</v>
       </c>
-      <c r="D11" s="13">
-        <f>SUM(дні!E62:E68)</f>
+      <c r="D11" s="16">
+        <f>SUM(Dias!E61:E67)</f>
         <v>2</v>
       </c>
-      <c r="E11" s="14">
-        <f>SUM(дні!F62:F68)</f>
+      <c r="E11" s="17">
+        <f>SUM(Dias!F61:F67)</f>
         <v>0</v>
       </c>
       <c r="F11" s="0">
-        <f>SUM(дні!H62:H68)</f>
+        <f>SUM(Dias!H61:H67)</f>
         <v>0</v>
       </c>
       <c r="G11" s="0">
-        <f>SUM(дні!L62:L68)</f>
+        <f>SUM(Dias!L61:L67)</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="0" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B12" s="0">
-        <f>SUM(дні!C69:C75)</f>
+        <f>SUM(Dias!C68:C74)</f>
         <v>7</v>
       </c>
       <c r="C12" s="0">
-        <f>SUM(дні!D69:D75)</f>
+        <f>SUM(Dias!D68:D74)</f>
         <v>5</v>
       </c>
-      <c r="D12" s="13">
-        <f>SUM(дні!E69:E75)</f>
+      <c r="D12" s="16">
+        <f>SUM(Dias!E68:E74)</f>
         <v>2</v>
       </c>
-      <c r="E12" s="14">
-        <f>SUM(дні!F69:F75)</f>
+      <c r="E12" s="17">
+        <f>SUM(Dias!F68:F74)</f>
         <v>0</v>
       </c>
       <c r="F12" s="0">
-        <f>SUM(дні!H69:H75)</f>
+        <f>SUM(Dias!H68:H74)</f>
         <v>0</v>
       </c>
       <c r="G12" s="0">
-        <f>SUM(дні!L69:L75)</f>
+        <f>SUM(Dias!L68:L74)</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="0" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B13" s="0">
-        <f>SUM(дні!C76:C82)</f>
+        <f>SUM(Dias!C75:C81)</f>
         <v>7</v>
       </c>
       <c r="C13" s="0">
-        <f>SUM(дні!D76:D82)</f>
+        <f>SUM(Dias!D75:D81)</f>
         <v>5</v>
       </c>
-      <c r="D13" s="13">
-        <f>SUM(дні!E76:E82)</f>
+      <c r="D13" s="16">
+        <f>SUM(Dias!E75:E81)</f>
         <v>2</v>
       </c>
-      <c r="E13" s="14">
-        <f>SUM(дні!F76:F82)</f>
+      <c r="E13" s="17">
+        <f>SUM(Dias!F75:F81)</f>
         <v>0</v>
       </c>
       <c r="F13" s="0">
-        <f>SUM(дні!H76:H82)</f>
+        <f>SUM(Dias!H75:H81)</f>
         <v>0</v>
       </c>
       <c r="G13" s="0">
-        <f>SUM(дні!L76:L82)</f>
+        <f>SUM(Dias!L75:L81)</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="0" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B14" s="0">
-        <f>SUM(дні!C83:C89)</f>
+        <f>SUM(Dias!C82:C88)</f>
         <v>7</v>
       </c>
       <c r="C14" s="0">
-        <f>SUM(дні!D83:D89)</f>
-[...3 lines deleted...]
-        <f>SUM(дні!E83:E89)</f>
+        <f>SUM(Dias!D82:D88)</f>
+        <v>4</v>
+      </c>
+      <c r="D14" s="16">
+        <f>SUM(Dias!E82:E88)</f>
         <v>2</v>
       </c>
-      <c r="E14" s="14">
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="E14" s="17">
+        <f>SUM(Dias!F82:F88)</f>
+        <v>1</v>
       </c>
       <c r="F14" s="0">
-        <f>SUM(дні!H83:H89)</f>
+        <f>SUM(Dias!H82:H88)</f>
         <v>0</v>
       </c>
       <c r="G14" s="0">
-        <f>SUM(дні!L83:L89)</f>
+        <f>SUM(Dias!L82:L88)</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="0" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B15" s="0">
-        <f>SUM(дні!C90:C96)</f>
+        <f>SUM(Dias!C89:C95)</f>
         <v>7</v>
       </c>
       <c r="C15" s="0">
-        <f>SUM(дні!D90:D96)</f>
+        <f>SUM(Dias!D89:D95)</f>
         <v>5</v>
       </c>
-      <c r="D15" s="13">
-        <f>SUM(дні!E90:E96)</f>
+      <c r="D15" s="16">
+        <f>SUM(Dias!E89:E95)</f>
         <v>2</v>
       </c>
-      <c r="E15" s="14">
-        <f>SUM(дні!F90:F96)</f>
+      <c r="E15" s="17">
+        <f>SUM(Dias!F89:F95)</f>
         <v>0</v>
       </c>
       <c r="F15" s="0">
-        <f>SUM(дні!H90:H96)</f>
+        <f>SUM(Dias!H89:H95)</f>
         <v>0</v>
       </c>
       <c r="G15" s="0">
-        <f>SUM(дні!L90:L96)</f>
+        <f>SUM(Dias!L89:L95)</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="0" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B16" s="0">
-        <f>SUM(дні!C97:C103)</f>
+        <f>SUM(Dias!C96:C102)</f>
         <v>7</v>
       </c>
       <c r="C16" s="0">
-        <f>SUM(дні!D97:D103)</f>
+        <f>SUM(Dias!D96:D102)</f>
         <v>5</v>
       </c>
-      <c r="D16" s="13">
-        <f>SUM(дні!E97:E103)</f>
+      <c r="D16" s="16">
+        <f>SUM(Dias!E96:E102)</f>
         <v>2</v>
       </c>
-      <c r="E16" s="14">
-        <f>SUM(дні!F97:F103)</f>
+      <c r="E16" s="17">
+        <f>SUM(Dias!F96:F102)</f>
         <v>0</v>
       </c>
       <c r="F16" s="0">
-        <f>SUM(дні!H97:H103)</f>
+        <f>SUM(Dias!H96:H102)</f>
         <v>0</v>
       </c>
       <c r="G16" s="0">
-        <f>SUM(дні!L97:L103)</f>
+        <f>SUM(Dias!L96:L102)</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="0" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B17" s="0">
-        <f>SUM(дні!C104:C110)</f>
+        <f>SUM(Dias!C103:C109)</f>
         <v>7</v>
       </c>
       <c r="C17" s="0">
-        <f>SUM(дні!D104:D110)</f>
-[...3 lines deleted...]
-        <f>SUM(дні!E104:E110)</f>
+        <f>SUM(Dias!D103:D109)</f>
+        <v>4</v>
+      </c>
+      <c r="D17" s="16">
+        <f>SUM(Dias!E103:E109)</f>
         <v>2</v>
       </c>
-      <c r="E17" s="14">
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="E17" s="17">
+        <f>SUM(Dias!F103:F109)</f>
+        <v>1</v>
       </c>
       <c r="F17" s="0">
-        <f>SUM(дні!H104:H110)</f>
+        <f>SUM(Dias!H103:H109)</f>
         <v>0</v>
       </c>
       <c r="G17" s="0">
-        <f>SUM(дні!L104:L110)</f>
+        <f>SUM(Dias!L103:L109)</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="0" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B18" s="0">
-        <f>SUM(дні!C111:C117)</f>
+        <f>SUM(Dias!C110:C116)</f>
         <v>7</v>
       </c>
       <c r="C18" s="0">
-        <f>SUM(дні!D111:D117)</f>
+        <f>SUM(Dias!D110:D116)</f>
         <v>4</v>
       </c>
-      <c r="D18" s="13">
-        <f>SUM(дні!E111:E117)</f>
+      <c r="D18" s="16">
+        <f>SUM(Dias!E110:E116)</f>
         <v>2</v>
       </c>
-      <c r="E18" s="14">
-        <f>SUM(дні!F111:F117)</f>
+      <c r="E18" s="17">
+        <f>SUM(Dias!F110:F116)</f>
         <v>1</v>
       </c>
       <c r="F18" s="0">
-        <f>SUM(дні!H111:H117)</f>
+        <f>SUM(Dias!H110:H116)</f>
         <v>0</v>
       </c>
       <c r="G18" s="0">
-        <f>SUM(дні!L111:L117)</f>
+        <f>SUM(Dias!L110:L116)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="0" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B19" s="0">
-        <f>SUM(дні!C118:C124)</f>
+        <f>SUM(Dias!C117:C123)</f>
         <v>7</v>
       </c>
       <c r="C19" s="0">
-        <f>SUM(дні!D118:D124)</f>
-[...3 lines deleted...]
-        <f>SUM(дні!E118:E124)</f>
+        <f>SUM(Dias!D117:D123)</f>
+        <v>5</v>
+      </c>
+      <c r="D19" s="16">
+        <f>SUM(Dias!E117:E123)</f>
         <v>2</v>
       </c>
-      <c r="E19" s="14">
-[...1 lines deleted...]
-        <v>1</v>
+      <c r="E19" s="17">
+        <f>SUM(Dias!F117:F123)</f>
+        <v>0</v>
       </c>
       <c r="F19" s="0">
-        <f>SUM(дні!H118:H124)</f>
+        <f>SUM(Dias!H117:H123)</f>
         <v>0</v>
       </c>
       <c r="G19" s="0">
-        <f>SUM(дні!L118:L124)</f>
+        <f>SUM(Dias!L117:L123)</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="0" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B20" s="0">
-        <f>SUM(дні!C125:C131)</f>
+        <f>SUM(Dias!C124:C130)</f>
         <v>7</v>
       </c>
       <c r="C20" s="0">
-        <f>SUM(дні!D125:D131)</f>
+        <f>SUM(Dias!D124:D130)</f>
         <v>5</v>
       </c>
-      <c r="D20" s="13">
-        <f>SUM(дні!E125:E131)</f>
+      <c r="D20" s="16">
+        <f>SUM(Dias!E124:E130)</f>
         <v>2</v>
       </c>
-      <c r="E20" s="14">
-        <f>SUM(дні!F125:F131)</f>
+      <c r="E20" s="17">
+        <f>SUM(Dias!F124:F130)</f>
         <v>0</v>
       </c>
       <c r="F20" s="0">
-        <f>SUM(дні!H125:H131)</f>
+        <f>SUM(Dias!H124:H130)</f>
         <v>0</v>
       </c>
       <c r="G20" s="0">
-        <f>SUM(дні!L125:L131)</f>
+        <f>SUM(Dias!L124:L130)</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="0" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B21" s="0">
-        <f>SUM(дні!C132:C138)</f>
+        <f>SUM(Dias!C131:C137)</f>
         <v>7</v>
       </c>
       <c r="C21" s="0">
-        <f>SUM(дні!D132:D138)</f>
+        <f>SUM(Dias!D131:D137)</f>
         <v>5</v>
       </c>
-      <c r="D21" s="13">
-        <f>SUM(дні!E132:E138)</f>
+      <c r="D21" s="16">
+        <f>SUM(Dias!E131:E137)</f>
         <v>2</v>
       </c>
-      <c r="E21" s="14">
-        <f>SUM(дні!F132:F138)</f>
+      <c r="E21" s="17">
+        <f>SUM(Dias!F131:F137)</f>
         <v>0</v>
       </c>
       <c r="F21" s="0">
-        <f>SUM(дні!H132:H138)</f>
+        <f>SUM(Dias!H131:H137)</f>
         <v>0</v>
       </c>
       <c r="G21" s="0">
-        <f>SUM(дні!L132:L138)</f>
+        <f>SUM(Dias!L131:L137)</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
-      <c r="A22" s="16" t="s">
-[...11 lines deleted...]
-        <f>SUM(D2:D21)</f>
+      <c r="A22" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="B22" s="0">
+        <f>SUM(Dias!C138:C139)</f>
+        <v>2</v>
+      </c>
+      <c r="C22" s="0">
+        <f>SUM(Dias!D138:D139)</f>
+        <v>2</v>
+      </c>
+      <c r="D22" s="16">
+        <f>SUM(Dias!E138:E139)</f>
+        <v>0</v>
+      </c>
+      <c r="E22" s="17">
+        <f>SUM(Dias!F138:F139)</f>
+        <v>0</v>
+      </c>
+      <c r="F22" s="0">
+        <f>SUM(Dias!H138:H139)</f>
+        <v>0</v>
+      </c>
+      <c r="G22" s="0">
+        <f>SUM(Dias!L138:L139)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" s="19" t="s">
+        <v>396</v>
+      </c>
+      <c r="B23" s="20">
+        <f>SUM(B2:B22)</f>
+        <v>138</v>
+      </c>
+      <c r="C23" s="20">
+        <f>SUM(C2:C22)</f>
+        <v>92</v>
+      </c>
+      <c r="D23" s="20">
+        <f>SUM(D2:D22)</f>
         <v>40</v>
       </c>
-      <c r="E22" s="17">
-        <f>SUM(E2:E21)</f>
+      <c r="E23" s="20">
+        <f>SUM(E2:E22)</f>
         <v>6</v>
       </c>
-      <c r="F22" s="17">
-[...7 lines deleted...]
-      <c r="H22" s="17"/>
+      <c r="F23" s="20">
+        <f>SUM(F2:F22)</f>
+        <v>0</v>
+      </c>
+      <c r="G23" s="20">
+        <f>SUM(G2:G22)</f>
+        <v>0</v>
+      </c>
+      <c r="H23" s="21"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
+    <col min="8" max="8" width="18" customWidth="true" style="13"/>
     <col min="1" max="1" width="18" customWidth="true" style="0"/>
     <col min="2" max="2" width="18" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="5" max="5" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="18" customWidth="true" style="0"/>
     <col min="7" max="7" width="18" customWidth="true" style="0"/>
-    <col min="8" max="8" width="18" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="40">
       <c r="A1" s="1" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="B1" s="7" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C1" s="7" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="D1" s="7" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="E1" s="7" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="F1" s="7" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="G1" s="7" t="s">
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="H1" s="1"/>
+        <v>395</v>
+      </c>
+      <c r="H1" s="14"/>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="0" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="B2" s="0">
-        <f>SUM(дні!C2:C18)</f>
+        <f>SUM(Dias!C2:C18)</f>
         <v>17</v>
       </c>
       <c r="C2" s="0">
-        <f>SUM(дні!D2:D18)</f>
-[...7 lines deleted...]
-        <f>SUM(дні!F2:F18)</f>
+        <f>SUM(Dias!D2:D18)</f>
+        <v>9</v>
+      </c>
+      <c r="D2" s="16">
+        <f>SUM(Dias!E2:E18)</f>
+        <v>6</v>
+      </c>
+      <c r="E2" s="17">
+        <f>SUM(Dias!F2:F18)</f>
         <v>2</v>
       </c>
       <c r="F2" s="0">
-        <f>SUM(дні!H2:H18)</f>
+        <f>SUM(Dias!H2:H18)</f>
         <v>0</v>
       </c>
       <c r="G2" s="0">
-        <f>SUM(дні!L2:L18)</f>
+        <f>SUM(Dias!L2:L18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="0" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="B3" s="0">
-        <f>SUM(дні!C19:C49)</f>
+        <f>SUM(Dias!C19:C49)</f>
         <v>31</v>
       </c>
       <c r="C3" s="0">
-        <f>SUM(дні!D19:D49)</f>
-[...8 lines deleted...]
-        <v>2</v>
+        <f>SUM(Dias!D19:D49)</f>
+        <v>22</v>
+      </c>
+      <c r="D3" s="16">
+        <f>SUM(Dias!E19:E49)</f>
+        <v>8</v>
+      </c>
+      <c r="E3" s="17">
+        <f>SUM(Dias!F19:F49)</f>
+        <v>1</v>
       </c>
       <c r="F3" s="0">
-        <f>SUM(дні!H19:H49)</f>
+        <f>SUM(Dias!H19:H49)</f>
         <v>0</v>
       </c>
       <c r="G3" s="0">
-        <f>SUM(дні!L19:L49)</f>
+        <f>SUM(Dias!L19:L49)</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="0" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B4" s="0">
-        <f>SUM(дні!C50:C77)</f>
-        <v>28</v>
+        <f>SUM(Dias!C50:C78)</f>
+        <v>29</v>
       </c>
       <c r="C4" s="0">
-        <f>SUM(дні!D50:D77)</f>
-[...3 lines deleted...]
-        <f>SUM(дні!E50:E77)</f>
+        <f>SUM(Dias!D50:D78)</f>
+        <v>21</v>
+      </c>
+      <c r="D4" s="16">
+        <f>SUM(Dias!E50:E78)</f>
         <v>8</v>
       </c>
-      <c r="E4" s="14">
-        <f>SUM(дні!F50:F77)</f>
+      <c r="E4" s="17">
+        <f>SUM(Dias!F50:F78)</f>
         <v>0</v>
       </c>
       <c r="F4" s="0">
-        <f>SUM(дні!H50:H77)</f>
+        <f>SUM(Dias!H50:H78)</f>
         <v>0</v>
       </c>
       <c r="G4" s="0">
-        <f>SUM(дні!L50:L77)</f>
+        <f>SUM(Dias!L50:L78)</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="0" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="B5" s="0">
-        <f>SUM(дні!C78:C108)</f>
+        <f>SUM(Dias!C79:C109)</f>
         <v>31</v>
       </c>
       <c r="C5" s="0">
-        <f>SUM(дні!D78:D108)</f>
-[...8 lines deleted...]
-        <v>0</v>
+        <f>SUM(Dias!D79:D109)</f>
+        <v>19</v>
+      </c>
+      <c r="D5" s="16">
+        <f>SUM(Dias!E79:E109)</f>
+        <v>10</v>
+      </c>
+      <c r="E5" s="17">
+        <f>SUM(Dias!F79:F109)</f>
+        <v>2</v>
       </c>
       <c r="F5" s="0">
-        <f>SUM(дні!H78:H108)</f>
+        <f>SUM(Dias!H79:H109)</f>
         <v>0</v>
       </c>
       <c r="G5" s="0">
-        <f>SUM(дні!L78:L108)</f>
+        <f>SUM(Dias!L79:L109)</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="0" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B6" s="0">
-        <f>SUM(дні!C109:C138)</f>
+        <f>SUM(Dias!C110:C139)</f>
         <v>30</v>
       </c>
       <c r="C6" s="0">
-        <f>SUM(дні!D109:D138)</f>
-[...8 lines deleted...]
-        <v>2</v>
+        <f>SUM(Dias!D110:D139)</f>
+        <v>21</v>
+      </c>
+      <c r="D6" s="16">
+        <f>SUM(Dias!E110:E139)</f>
+        <v>8</v>
+      </c>
+      <c r="E6" s="17">
+        <f>SUM(Dias!F110:F139)</f>
+        <v>1</v>
       </c>
       <c r="F6" s="0">
-        <f>SUM(дні!H109:H138)</f>
+        <f>SUM(Dias!H110:H139)</f>
         <v>0</v>
       </c>
       <c r="G6" s="0">
-        <f>SUM(дні!L109:L138)</f>
+        <f>SUM(Dias!L110:L139)</f>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
-      <c r="A7" s="16" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="17">
+      <c r="A7" s="19" t="s">
+        <v>396</v>
+      </c>
+      <c r="B7" s="20">
         <f>SUM(B2:B6)</f>
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="C7" s="17">
+        <v>138</v>
+      </c>
+      <c r="C7" s="20">
         <f>SUM(C2:C6)</f>
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D7" s="17">
+        <v>92</v>
+      </c>
+      <c r="D7" s="20">
         <f>SUM(D2:D6)</f>
         <v>40</v>
       </c>
-      <c r="E7" s="17">
+      <c r="E7" s="20">
         <f>SUM(E2:E6)</f>
         <v>6</v>
       </c>
-      <c r="F7" s="17">
+      <c r="F7" s="20">
         <f>SUM(F2:F6)</f>
         <v>0</v>
       </c>
-      <c r="G7" s="17">
+      <c r="G7" s="20">
         <f>SUM(G2:G6)</f>
         <v>0</v>
       </c>
-      <c r="H7" s="17"/>
+      <c r="H7" s="21"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
+    <col min="8" max="8" width="18" customWidth="true" style="13"/>
     <col min="1" max="1" width="18" customWidth="true" style="0"/>
     <col min="2" max="2" width="18" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="18" customWidth="true" style="0"/>
     <col min="5" max="5" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="18" customWidth="true" style="0"/>
     <col min="7" max="7" width="18" customWidth="true" style="0"/>
-    <col min="8" max="8" width="18" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="40">
       <c r="A1" s="1" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="B1" s="7" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C1" s="7" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="D1" s="7" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="E1" s="7" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="F1" s="7" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="G1" s="7" t="s">
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="H1" s="1"/>
+        <v>395</v>
+      </c>
+      <c r="H1" s="14"/>
     </row>
     <row r="2" spans="1:8">
-      <c r="A2" s="15">
-        <v>2022</v>
+      <c r="A2" s="18">
+        <v>2023</v>
       </c>
       <c r="B2" s="0">
-        <f>SUM(дні!C2:C18)</f>
+        <f>SUM(Dias!C2:C18)</f>
         <v>17</v>
       </c>
       <c r="C2" s="0">
-        <f>SUM(дні!D2:D18)</f>
-[...7 lines deleted...]
-        <f>SUM(дні!F2:F18)</f>
+        <f>SUM(Dias!D2:D18)</f>
+        <v>9</v>
+      </c>
+      <c r="D2" s="16">
+        <f>SUM(Dias!E2:E18)</f>
+        <v>6</v>
+      </c>
+      <c r="E2" s="17">
+        <f>SUM(Dias!F2:F18)</f>
         <v>2</v>
       </c>
       <c r="F2" s="0">
-        <f>SUM(дні!H2:H18)</f>
+        <f>SUM(Dias!H2:H18)</f>
         <v>0</v>
       </c>
       <c r="G2" s="0">
-        <f>SUM(дні!L2:L18)</f>
+        <f>SUM(Dias!L2:L18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
-      <c r="A3" s="15">
-        <v>2023</v>
+      <c r="A3" s="18">
+        <v>2024</v>
       </c>
       <c r="B3" s="0">
-        <f>SUM(дні!C19:C138)</f>
-        <v>120</v>
+        <f>SUM(Dias!C19:C139)</f>
+        <v>121</v>
       </c>
       <c r="C3" s="0">
-        <f>SUM(дні!D19:D138)</f>
-[...7 lines deleted...]
-        <f>SUM(дні!F19:F138)</f>
+        <f>SUM(Dias!D19:D139)</f>
+        <v>83</v>
+      </c>
+      <c r="D3" s="16">
+        <f>SUM(Dias!E19:E139)</f>
+        <v>34</v>
+      </c>
+      <c r="E3" s="17">
+        <f>SUM(Dias!F19:F139)</f>
         <v>4</v>
       </c>
       <c r="F3" s="0">
-        <f>SUM(дні!H19:H138)</f>
+        <f>SUM(Dias!H19:H139)</f>
         <v>0</v>
       </c>
       <c r="G3" s="0">
-        <f>SUM(дні!L19:L138)</f>
+        <f>SUM(Dias!L19:L139)</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
-      <c r="A4" s="16" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="17">
+      <c r="A4" s="19" t="s">
+        <v>396</v>
+      </c>
+      <c r="B4" s="20">
         <f>SUM(B2:B3)</f>
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="C4" s="17">
+        <v>138</v>
+      </c>
+      <c r="C4" s="20">
         <f>SUM(C2:C3)</f>
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D4" s="17">
+        <v>92</v>
+      </c>
+      <c r="D4" s="20">
         <f>SUM(D2:D3)</f>
         <v>40</v>
       </c>
-      <c r="E4" s="17">
+      <c r="E4" s="20">
         <f>SUM(E2:E3)</f>
         <v>6</v>
       </c>
-      <c r="F4" s="17">
+      <c r="F4" s="20">
         <f>SUM(F2:F3)</f>
         <v>0</v>
       </c>
-      <c r="G4" s="17">
+      <c r="G4" s="20">
         <f>SUM(G2:G3)</f>
         <v>0</v>
       </c>
-      <c r="H4" s="17"/>
+      <c r="H4" s="21"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
-      <vt:lpstr>налаштування</vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>років</vt:lpstr>
+      <vt:lpstr>Configuração</vt:lpstr>
+      <vt:lpstr>Dias</vt:lpstr>
+      <vt:lpstr>Semanas</vt:lpstr>
+      <vt:lpstr>Meses</vt:lpstr>
+      <vt:lpstr>Anos</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>