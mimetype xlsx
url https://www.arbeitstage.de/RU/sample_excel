--- v1 (2026-01-28)
+++ v2 (2026-03-15)
@@ -11,1401 +11,1401 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="1" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="Configuração" sheetId="1" r:id="rId4"/>
-[...3 lines deleted...]
-    <sheet name="Anos" sheetId="5" r:id="rId8"/>
+    <sheet name="Einstellungen" sheetId="1" r:id="rId4"/>
+    <sheet name="Tage" sheetId="2" r:id="rId5"/>
+    <sheet name="Wochen" sheetId="3" r:id="rId6"/>
+    <sheet name="Monate" sheetId="4" r:id="rId7"/>
+    <sheet name="Jahre" sheetId="5" r:id="rId8"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/comments3.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Author</author>
   </authors>
   <commentList>
     <comment ref="E4" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Natal (segunda-feira, 25 dezembro, 2023) 
-Dia de Santo Estêvão (terça-feira, 26 dezembro, 2023) 
+          <t xml:space="preserve">Weihnachtstag (Montag, 25. Dezember 2023) 
+Zweiter Weihnachtsfeiertag (Dienstag, 26. Dezember 2023) 
 </t>
         </r>
       </text>
     </comment>
     <comment ref="E5" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Ano Novo (segunda-feira, 1 janeiro, 2024) 
+          <t xml:space="preserve">Neujahrstag (Montag, 1. Januar 2024) 
 </t>
         </r>
       </text>
     </comment>
     <comment ref="E14" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Dia Internacional da Mulher (sexta-feira, 8 março, 2024) 
+          <t xml:space="preserve">Internationaler Frauentag (Freitag, 8. März 2024) 
 </t>
         </r>
       </text>
     </comment>
     <comment ref="E17" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Sexta-Feira Santa (sexta-feira, 29 março, 2024) 
+          <t xml:space="preserve">Karfreitag (Freitag, 29. März 2024) 
 </t>
         </r>
       </text>
     </comment>
     <comment ref="E18" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Segunda-Feira de Páscoa (segunda-feira, 1 abril, 2024) 
+          <t xml:space="preserve">Ostermontag (Montag, 1. April 2024) 
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments4.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Author</author>
   </authors>
   <commentList>
     <comment ref="A2" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">sexta-feira, 15 dezembro, 2023 → domingo, 31 dezembro, 2023</t>
+          <t xml:space="preserve">Freitag, 15. Dezember 2023 → Sonntag, 31. Dezember 2023</t>
         </r>
       </text>
     </comment>
     <comment ref="E2" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Natal (segunda-feira, 25 dezembro, 2023) 
-Dia de Santo Estêvão (terça-feira, 26 dezembro, 2023) 
+          <t xml:space="preserve">Weihnachtstag (Montag, 25. Dezember 2023) 
+Zweiter Weihnachtsfeiertag (Dienstag, 26. Dezember 2023) 
 </t>
         </r>
       </text>
     </comment>
     <comment ref="E3" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Ano Novo (segunda-feira, 1 janeiro, 2024) 
+          <t xml:space="preserve">Neujahrstag (Montag, 1. Januar 2024) 
 </t>
         </r>
       </text>
     </comment>
     <comment ref="E5" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Dia Internacional da Mulher (sexta-feira, 8 março, 2024) 
-Sexta-Feira Santa (sexta-feira, 29 março, 2024) 
+          <t xml:space="preserve">Internationaler Frauentag (Freitag, 8. März 2024) 
+Karfreitag (Freitag, 29. März 2024) 
 </t>
         </r>
       </text>
     </comment>
     <comment ref="E6" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Segunda-Feira de Páscoa (segunda-feira, 1 abril, 2024) 
+          <t xml:space="preserve">Ostermontag (Montag, 1. April 2024) 
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments5.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Author</author>
   </authors>
   <commentList>
     <comment ref="A2" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">sexta-feira, 15 dezembro, 2023 → domingo, 31 dezembro, 2023</t>
+          <t xml:space="preserve">Freitag, 15. Dezember 2023 → Sonntag, 31. Dezember 2023</t>
         </r>
       </text>
     </comment>
     <comment ref="E2" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Natal (segunda-feira, 25 dezembro, 2023) 
-Dia de Santo Estêvão (terça-feira, 26 dezembro, 2023) 
+          <t xml:space="preserve">Weihnachtstag (Montag, 25. Dezember 2023) 
+Zweiter Weihnachtsfeiertag (Dienstag, 26. Dezember 2023) 
 </t>
         </r>
       </text>
     </comment>
     <comment ref="A3" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">segunda-feira, 01 janeiro, 2024 → terça-feira, 30 abril, 2024</t>
+          <t xml:space="preserve">Montag, 01. Januar 2024 → Dienstag, 30. April 2024</t>
         </r>
       </text>
     </comment>
     <comment ref="E3" authorId="0">
       <text>
         <r>
           <rPr>
             <rFont val="Calibri"/>
             <b val="false"/>
             <i val="false"/>
             <strike val="false"/>
             <color rgb="FF000000"/>
             <sz val="11"/>
             <u val="none"/>
           </rPr>
-          <t xml:space="preserve">Ano Novo (segunda-feira, 1 janeiro, 2024) 
-[...2 lines deleted...]
-Segunda-Feira de Páscoa (segunda-feira, 1 abril, 2024) 
+          <t xml:space="preserve">Neujahrstag (Montag, 1. Januar 2024) 
+Internationaler Frauentag (Freitag, 8. März 2024) 
+Karfreitag (Freitag, 29. März 2024) 
+Ostermontag (Montag, 1. April 2024) 
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="397">
   <si>
-    <t>Data de começo</t>
-[...11 lines deleted...]
-    <t>País</t>
+    <t>Anfangsdatum</t>
+  </si>
+  <si>
+    <t>Freitag, 15. Dezember 2023</t>
+  </si>
+  <si>
+    <t>Enddatum</t>
+  </si>
+  <si>
+    <t>Dienstag, 30. April 2024</t>
+  </si>
+  <si>
+    <t>Land</t>
   </si>
   <si>
     <t>Deutschland</t>
   </si>
   <si>
-    <t>Estado</t>
+    <t>Staat</t>
   </si>
   <si>
     <t>Berlin</t>
   </si>
   <si>
-    <t>Fim de semana</t>
-[...22 lines deleted...]
-    <t>Segunda-feira</t>
+    <t>Wochenendtage</t>
+  </si>
+  <si>
+    <t>Samstag, Sonntag</t>
+  </si>
+  <si>
+    <t>Erster Tag der Woche</t>
+  </si>
+  <si>
+    <t>Montag</t>
+  </si>
+  <si>
+    <t>Uhrzeit 
+(morgen)</t>
+  </si>
+  <si>
+    <t>Uhrzeit 
+(nachmittag)</t>
+  </si>
+  <si>
+    <t>Arbeitsstunden</t>
+  </si>
+  <si>
+    <t>Montag</t>
   </si>
   <si>
     <t>08:00</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>18:00</t>
   </si>
   <si>
-    <t>Terça-feira</t>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>08:00</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>18:00</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>08:00</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>18:00</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>08:00</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>18:00</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>08:00</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>18:00</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>08:00</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>18:00</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>08:00</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>18:00</t>
   </si>
   <si>
-    <t>Data 
+    <t>Datum 
 (DD/MM/YYYY)</t>
   </si>
   <si>
-    <t>Dia</t>
-[...37 lines deleted...]
-    <t>Sexta-feira</t>
+    <t>Tag</t>
+  </si>
+  <si>
+    <t>Arbeitstag</t>
+  </si>
+  <si>
+    <t>Wochenendtag</t>
+  </si>
+  <si>
+    <t>Feiertag</t>
+  </si>
+  <si>
+    <t>Beschreibung</t>
+  </si>
+  <si>
+    <t>Benutzerdefinierte Daten</t>
+  </si>
+  <si>
+    <t>Nummerierung (Arbeitstage)</t>
+  </si>
+  <si>
+    <t>Arbeitsstunden</t>
+  </si>
+  <si>
+    <t>Uhrzeit 
+(morgen)</t>
+  </si>
+  <si>
+    <t>Uhrzeit 
+(nachmittag)</t>
+  </si>
+  <si>
+    <t>Telearbeit / Tage</t>
+  </si>
+  <si>
+    <t>Telearbeit / Stunden</t>
+  </si>
+  <si>
+    <t>Freitag</t>
   </si>
   <si>
     <t>15/12/2023</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>16/12/2023</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>17/12/2023</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>18/12/2023</t>
   </si>
   <si>
-    <t>Terça-feira</t>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>19/12/2023</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>20/12/2023</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>21/12/2023</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>22/12/2023</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>23/12/2023</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>24/12/2023</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>25/12/2023</t>
   </si>
   <si>
-    <t>Natal</t>
-[...2 lines deleted...]
-    <t>Terça-feira</t>
+    <t>Weihnachtstag</t>
+  </si>
+  <si>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>26/12/2023</t>
   </si>
   <si>
-    <t>Dia de Santo Estêvão</t>
-[...2 lines deleted...]
-    <t>Quarta-feira</t>
+    <t>Zweiter Weihnachtsfeiertag</t>
+  </si>
+  <si>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>27/12/2023</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>28/12/2023</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>29/12/2023</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>30/12/2023</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>31/12/2023</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
-    <t>Ano Novo</t>
-[...2 lines deleted...]
-    <t>Terça-feira</t>
+    <t>Neujahrstag</t>
+  </si>
+  <si>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>02/01/2024</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>03/01/2024</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>04/01/2024</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>05/01/2024</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>06/01/2024</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>07/01/2024</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>08/01/2024</t>
   </si>
   <si>
-    <t>Terça-feira</t>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>09/01/2024</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>10/01/2024</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>11/01/2024</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>12/01/2024</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>13/01/2024</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>14/01/2024</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>15/01/2024</t>
   </si>
   <si>
-    <t>Terça-feira</t>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>16/01/2024</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>17/01/2024</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>18/01/2024</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>19/01/2024</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>20/01/2024</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>21/01/2024</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>22/01/2024</t>
   </si>
   <si>
-    <t>Terça-feira</t>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>23/01/2024</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>24/01/2024</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>25/01/2024</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>26/01/2024</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>27/01/2024</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>28/01/2024</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>29/01/2024</t>
   </si>
   <si>
-    <t>Terça-feira</t>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>30/01/2024</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>31/01/2024</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>01/02/2024</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>02/02/2024</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>03/02/2024</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>04/02/2024</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>05/02/2024</t>
   </si>
   <si>
-    <t>Terça-feira</t>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>06/02/2024</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>07/02/2024</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>08/02/2024</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>09/02/2024</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>10/02/2024</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>11/02/2024</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>12/02/2024</t>
   </si>
   <si>
-    <t>Terça-feira</t>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>13/02/2024</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>14/02/2024</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>15/02/2024</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>16/02/2024</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>17/02/2024</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>18/02/2024</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>19/02/2024</t>
   </si>
   <si>
-    <t>Terça-feira</t>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>20/02/2024</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>21/02/2024</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>22/02/2024</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>23/02/2024</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>24/02/2024</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>25/02/2024</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>26/02/2024</t>
   </si>
   <si>
-    <t>Terça-feira</t>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>27/02/2024</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>28/02/2024</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>29/02/2024</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>01/03/2024</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>02/03/2024</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>03/03/2024</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>04/03/2024</t>
   </si>
   <si>
-    <t>Terça-feira</t>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>05/03/2024</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>06/03/2024</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>07/03/2024</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>08/03/2024</t>
   </si>
   <si>
-    <t>Dia Internacional da Mulher</t>
-[...2 lines deleted...]
-    <t>Sábado</t>
+    <t>Internationaler Frauentag</t>
+  </si>
+  <si>
+    <t>Samstag</t>
   </si>
   <si>
     <t>09/03/2024</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>10/03/2024</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>11/03/2024</t>
   </si>
   <si>
-    <t>Terça-feira</t>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>12/03/2024</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>13/03/2024</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>14/03/2024</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>15/03/2024</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>16/03/2024</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>17/03/2024</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>18/03/2024</t>
   </si>
   <si>
-    <t>Terça-feira</t>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>19/03/2024</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>20/03/2024</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>21/03/2024</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>22/03/2024</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>23/03/2024</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>24/03/2024</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>25/03/2024</t>
   </si>
   <si>
-    <t>Terça-feira</t>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>26/03/2024</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>27/03/2024</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>28/03/2024</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>29/03/2024</t>
   </si>
   <si>
-    <t>Sexta-Feira Santa</t>
-[...2 lines deleted...]
-    <t>Sábado</t>
+    <t>Karfreitag</t>
+  </si>
+  <si>
+    <t>Samstag</t>
   </si>
   <si>
     <t>30/03/2024</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>31/03/2024</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>01/04/2024</t>
   </si>
   <si>
-    <t>Segunda-Feira de Páscoa</t>
-[...2 lines deleted...]
-    <t>Terça-feira</t>
+    <t>Ostermontag</t>
+  </si>
+  <si>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>02/04/2024</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>03/04/2024</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>04/04/2024</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>05/04/2024</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>06/04/2024</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>07/04/2024</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>08/04/2024</t>
   </si>
   <si>
-    <t>Terça-feira</t>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>09/04/2024</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>10/04/2024</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>11/04/2024</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>12/04/2024</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>13/04/2024</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>14/04/2024</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>15/04/2024</t>
   </si>
   <si>
-    <t>Terça-feira</t>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>16/04/2024</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>17/04/2024</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>18/04/2024</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>19/04/2024</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>20/04/2024</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>21/04/2024</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>22/04/2024</t>
   </si>
   <si>
-    <t>Terça-feira</t>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>23/04/2024</t>
   </si>
   <si>
-    <t>Quarta-feira</t>
+    <t>Mittwoch</t>
   </si>
   <si>
     <t>24/04/2024</t>
   </si>
   <si>
-    <t>Quinta-feira</t>
+    <t>Donnerstag</t>
   </si>
   <si>
     <t>25/04/2024</t>
   </si>
   <si>
-    <t>Sexta-feira</t>
+    <t>Freitag</t>
   </si>
   <si>
     <t>26/04/2024</t>
   </si>
   <si>
-    <t>Sábado</t>
+    <t>Samstag</t>
   </si>
   <si>
     <t>27/04/2024</t>
   </si>
   <si>
-    <t>Domingo</t>
+    <t>Sonntag</t>
   </si>
   <si>
     <t>28/04/2024</t>
   </si>
   <si>
-    <t>Segunda-feira</t>
+    <t>Montag</t>
   </si>
   <si>
     <t>29/04/2024</t>
   </si>
   <si>
-    <t>Terça-feira</t>
+    <t>Dienstag</t>
   </si>
   <si>
     <t>30/04/2024</t>
   </si>
   <si>
-    <t>Total</t>
-[...17 lines deleted...]
-    <t>Feriados</t>
+    <t>Gesamt</t>
+  </si>
+  <si>
+    <t>Sample file generated in 0.17 seconds by Arbeitstage.de</t>
+  </si>
+  <si>
+    <t>Woche</t>
+  </si>
+  <si>
+    <t>Tage</t>
+  </si>
+  <si>
+    <t>Arbeitstage</t>
+  </si>
+  <si>
+    <t>Wochenendtage</t>
+  </si>
+  <si>
+    <t>Feiertage</t>
   </si>
   <si>
     <t>Custom dates</t>
   </si>
   <si>
-    <t>Horas de trabalho</t>
+    <t>Arbeitsstunden</t>
   </si>
   <si>
     <t>15/12/2023 → 17/12/2023</t>
   </si>
   <si>
     <t>18/12/2023 → 24/12/2023</t>
   </si>
   <si>
     <t>25/12/2023 → 31/12/2023</t>
   </si>
   <si>
     <t>01/01/2024 → 07/01/2024</t>
   </si>
   <si>
     <t>08/01/2024 → 14/01/2024</t>
   </si>
   <si>
     <t>15/01/2024 → 21/01/2024</t>
   </si>
   <si>
     <t>22/01/2024 → 28/01/2024</t>
   </si>
   <si>
     <t>29/01/2024 → 04/02/2024</t>
   </si>
@@ -1427,114 +1427,114 @@
   <si>
     <t>11/03/2024 → 17/03/2024</t>
   </si>
   <si>
     <t>18/03/2024 → 24/03/2024</t>
   </si>
   <si>
     <t>25/03/2024 → 31/03/2024</t>
   </si>
   <si>
     <t>01/04/2024 → 07/04/2024</t>
   </si>
   <si>
     <t>08/04/2024 → 14/04/2024</t>
   </si>
   <si>
     <t>15/04/2024 → 21/04/2024</t>
   </si>
   <si>
     <t>22/04/2024 → 28/04/2024</t>
   </si>
   <si>
     <t>29/04/2024 → 30/04/2024</t>
   </si>
   <si>
-    <t>Total</t>
-[...14 lines deleted...]
-    <t>Feriados</t>
+    <t>Gesamt</t>
+  </si>
+  <si>
+    <t>Monat</t>
+  </si>
+  <si>
+    <t>Tage</t>
+  </si>
+  <si>
+    <t>Arbeitstage</t>
+  </si>
+  <si>
+    <t>Wochenendtage</t>
+  </si>
+  <si>
+    <t>Feiertage</t>
   </si>
   <si>
     <t>Custom dates</t>
   </si>
   <si>
-    <t>Horas de trabalho</t>
-[...32 lines deleted...]
-    <t>Feriados</t>
+    <t>Arbeitsstunden</t>
+  </si>
+  <si>
+    <t>Dezember 2023</t>
+  </si>
+  <si>
+    <t>Januar 2024</t>
+  </si>
+  <si>
+    <t>Februar 2024</t>
+  </si>
+  <si>
+    <t>März 2024</t>
+  </si>
+  <si>
+    <t>April 2024</t>
+  </si>
+  <si>
+    <t>Gesamt</t>
+  </si>
+  <si>
+    <t>Jahr</t>
+  </si>
+  <si>
+    <t>Tage</t>
+  </si>
+  <si>
+    <t>Arbeitstage</t>
+  </si>
+  <si>
+    <t>Wochenendtage</t>
+  </si>
+  <si>
+    <t>Feiertage</t>
   </si>
   <si>
     <t>Custom dates</t>
   </si>
   <si>
-    <t>Horas de trabalho</t>
-[...2 lines deleted...]
-    <t>Total</t>
+    <t>Arbeitsstunden</t>
+  </si>
+  <si>
+    <t>Gesamt</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[=0]&quot;&quot;;0.##"/>
     <numFmt numFmtId="165" formatCode="0.##"/>
   </numFmts>
   <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2062,52 +2062,52 @@
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing5.vml"/><Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993408" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="36.419678" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10" customWidth="true" style="0"/>
     <col min="4" max="4" width="10" customWidth="true" style="0"/>
     <col min="5" max="5" width="10" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="0" t="s">
         <v>4</v>
@@ -2298,52 +2298,52 @@
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T150"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="D140" sqref="D140"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="17" max="17" width="9.10" hidden="true" style="10"/>
     <col min="1" max="1" width="14" customWidth="true" style="11"/>
     <col min="2" max="2" width="14" customWidth="true" style="11"/>
     <col min="3" max="3" width="14" customWidth="true" style="12"/>
     <col min="4" max="4" width="14" customWidth="true" style="12"/>
     <col min="5" max="5" width="14" customWidth="true" style="12"/>
     <col min="6" max="6" width="14" customWidth="true" style="12"/>
-    <col min="7" max="7" width="32.991943" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="31.706543" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.10" hidden="true" style="0"/>
     <col min="10" max="10" width="9.10" hidden="true" style="0"/>
     <col min="12" max="12" width="14" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.10" hidden="true" style="0"/>
     <col min="19" max="19" width="14" hidden="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="14" hidden="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="14" customWidth="true" style="0"/>
     <col min="13" max="13" width="10" customWidth="true" style="0"/>
     <col min="14" max="14" width="10" customWidth="true" style="0"/>
     <col min="15" max="15" width="10" customWidth="true" style="0"/>
     <col min="16" max="16" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" customHeight="1" ht="40">
       <c r="A1" s="7" t="s">
         <v>50</v>
       </c>
       <c r="B1" s="7"/>
       <c r="C1" s="7" t="s">
         <v>51</v>
       </c>
       <c r="D1" s="7" t="s">
         <v>52</v>
       </c>
       <c r="E1" s="8" t="s">
@@ -2388,63 +2388,63 @@
       </c>
       <c r="B2" s="11" t="s">
         <v>64</v>
       </c>
       <c r="C2" s="12">
         <v>1</v>
       </c>
       <c r="D2" s="12">
         <v>1</v>
       </c>
       <c r="E2" s="12">
         <v>0</v>
       </c>
       <c r="F2" s="12">
         <v>0</v>
       </c>
       <c r="G2" s="0"/>
       <c r="K2" s="28">
         <v>1</v>
       </c>
       <c r="L2" s="15" t="str">
         <f>24*(N2-M2+P2-O2)</f>
         <v>0</v>
       </c>
       <c r="M2" s="32" t="str">
-        <f>'Configuração'!C12</f>
+        <f>'Einstellungen'!C12</f>
         <v>08:00</v>
       </c>
       <c r="N2" s="32" t="str">
-        <f>'Configuração'!D12</f>
+        <f>'Einstellungen'!D12</f>
         <v>12:00</v>
       </c>
       <c r="O2" s="32" t="str">
-        <f>'Configuração'!E12</f>
+        <f>'Einstellungen'!E12</f>
         <v>14:00</v>
       </c>
       <c r="P2" s="32" t="str">
-        <f>'Configuração'!F12</f>
+        <f>'Einstellungen'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S2" s="0">
         <v>0</v>
       </c>
       <c r="T2" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:20" s="16" customFormat="1">
       <c r="A3" s="16" t="s">
         <v>337</v>
       </c>
       <c r="B3" s="16" t="s">
         <v>66</v>
       </c>
       <c r="C3" s="16">
         <v>1</v>
       </c>
       <c r="D3" s="16">
         <v>0</v>
       </c>
       <c r="E3" s="16">
         <v>1</v>
       </c>
@@ -2502,263 +2502,263 @@
       </c>
       <c r="B5" s="11" t="s">
         <v>70</v>
       </c>
       <c r="C5" s="12">
         <v>1</v>
       </c>
       <c r="D5" s="12">
         <v>1</v>
       </c>
       <c r="E5" s="12">
         <v>0</v>
       </c>
       <c r="F5" s="12">
         <v>0</v>
       </c>
       <c r="G5" s="0"/>
       <c r="K5" s="28">
         <v>2</v>
       </c>
       <c r="L5" s="15" t="str">
         <f>24*(N5-M5+P5-O5)</f>
         <v>0</v>
       </c>
       <c r="M5" s="32" t="str">
-        <f>'Configuração'!C8</f>
+        <f>'Einstellungen'!C8</f>
         <v>08:00</v>
       </c>
       <c r="N5" s="32" t="str">
-        <f>'Configuração'!D8</f>
+        <f>'Einstellungen'!D8</f>
         <v>12:00</v>
       </c>
       <c r="O5" s="32" t="str">
-        <f>'Configuração'!E8</f>
+        <f>'Einstellungen'!E8</f>
         <v>14:00</v>
       </c>
       <c r="P5" s="32" t="str">
-        <f>'Configuração'!F8</f>
+        <f>'Einstellungen'!F8</f>
         <v>18:00</v>
       </c>
       <c r="S5" s="0">
         <v>0</v>
       </c>
       <c r="T5" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" s="11" t="s">
         <v>343</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>72</v>
       </c>
       <c r="C6" s="12">
         <v>1</v>
       </c>
       <c r="D6" s="12">
         <v>1</v>
       </c>
       <c r="E6" s="12">
         <v>0</v>
       </c>
       <c r="F6" s="12">
         <v>0</v>
       </c>
       <c r="G6" s="0"/>
       <c r="K6" s="28">
         <v>3</v>
       </c>
       <c r="L6" s="15" t="str">
         <f>24*(N6-M6+P6-O6)</f>
         <v>0</v>
       </c>
       <c r="M6" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N6" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O6" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P6" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S6" s="0">
         <v>0</v>
       </c>
       <c r="T6" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" s="11" t="s">
         <v>331</v>
       </c>
       <c r="B7" s="11" t="s">
         <v>74</v>
       </c>
       <c r="C7" s="12">
         <v>1</v>
       </c>
       <c r="D7" s="12">
         <v>1</v>
       </c>
       <c r="E7" s="12">
         <v>0</v>
       </c>
       <c r="F7" s="12">
         <v>0</v>
       </c>
       <c r="G7" s="0"/>
       <c r="K7" s="28">
         <v>4</v>
       </c>
       <c r="L7" s="15" t="str">
         <f>24*(N7-M7+P7-O7)</f>
         <v>0</v>
       </c>
       <c r="M7" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N7" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O7" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P7" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S7" s="0">
         <v>0</v>
       </c>
       <c r="T7" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>76</v>
       </c>
       <c r="C8" s="12">
         <v>1</v>
       </c>
       <c r="D8" s="12">
         <v>1</v>
       </c>
       <c r="E8" s="12">
         <v>0</v>
       </c>
       <c r="F8" s="12">
         <v>0</v>
       </c>
       <c r="G8" s="0"/>
       <c r="K8" s="28">
         <v>5</v>
       </c>
       <c r="L8" s="15" t="str">
         <f>24*(N8-M8+P8-O8)</f>
         <v>0</v>
       </c>
       <c r="M8" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N8" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O8" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P8" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S8" s="0">
         <v>0</v>
       </c>
       <c r="T8" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>78</v>
       </c>
       <c r="C9" s="12">
         <v>1</v>
       </c>
       <c r="D9" s="12">
         <v>1</v>
       </c>
       <c r="E9" s="12">
         <v>0</v>
       </c>
       <c r="F9" s="12">
         <v>0</v>
       </c>
       <c r="G9" s="0"/>
       <c r="K9" s="28">
         <v>6</v>
       </c>
       <c r="L9" s="15" t="str">
         <f>24*(N9-M9+P9-O9)</f>
         <v>0</v>
       </c>
       <c r="M9" s="32" t="str">
-        <f>'Configuração'!C12</f>
+        <f>'Einstellungen'!C12</f>
         <v>08:00</v>
       </c>
       <c r="N9" s="32" t="str">
-        <f>'Configuração'!D12</f>
+        <f>'Einstellungen'!D12</f>
         <v>12:00</v>
       </c>
       <c r="O9" s="32" t="str">
-        <f>'Configuração'!E12</f>
+        <f>'Einstellungen'!E12</f>
         <v>14:00</v>
       </c>
       <c r="P9" s="32" t="str">
-        <f>'Configuração'!F12</f>
+        <f>'Einstellungen'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S9" s="0">
         <v>0</v>
       </c>
       <c r="T9" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:20" s="16" customFormat="1">
       <c r="A10" s="16" t="s">
         <v>337</v>
       </c>
       <c r="B10" s="16" t="s">
         <v>80</v>
       </c>
       <c r="C10" s="16">
         <v>1</v>
       </c>
       <c r="D10" s="16">
         <v>0</v>
       </c>
       <c r="E10" s="16">
         <v>1</v>
       </c>
@@ -2884,163 +2884,163 @@
       </c>
       <c r="B14" s="11" t="s">
         <v>90</v>
       </c>
       <c r="C14" s="12">
         <v>1</v>
       </c>
       <c r="D14" s="12">
         <v>1</v>
       </c>
       <c r="E14" s="12">
         <v>0</v>
       </c>
       <c r="F14" s="12">
         <v>0</v>
       </c>
       <c r="G14" s="0"/>
       <c r="K14" s="28">
         <v>7</v>
       </c>
       <c r="L14" s="15" t="str">
         <f>24*(N14-M14+P14-O14)</f>
         <v>0</v>
       </c>
       <c r="M14" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N14" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O14" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P14" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S14" s="0">
         <v>0</v>
       </c>
       <c r="T14" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B15" s="11" t="s">
         <v>92</v>
       </c>
       <c r="C15" s="12">
         <v>1</v>
       </c>
       <c r="D15" s="12">
         <v>1</v>
       </c>
       <c r="E15" s="12">
         <v>0</v>
       </c>
       <c r="F15" s="12">
         <v>0</v>
       </c>
       <c r="G15" s="0"/>
       <c r="K15" s="28">
         <v>8</v>
       </c>
       <c r="L15" s="15" t="str">
         <f>24*(N15-M15+P15-O15)</f>
         <v>0</v>
       </c>
       <c r="M15" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N15" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O15" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P15" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S15" s="0">
         <v>0</v>
       </c>
       <c r="T15" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>94</v>
       </c>
       <c r="C16" s="12">
         <v>1</v>
       </c>
       <c r="D16" s="12">
         <v>1</v>
       </c>
       <c r="E16" s="12">
         <v>0</v>
       </c>
       <c r="F16" s="12">
         <v>0</v>
       </c>
       <c r="G16" s="0"/>
       <c r="K16" s="28">
         <v>9</v>
       </c>
       <c r="L16" s="15" t="str">
         <f>24*(N16-M16+P16-O16)</f>
         <v>0</v>
       </c>
       <c r="M16" s="32" t="str">
-        <f>'Configuração'!C12</f>
+        <f>'Einstellungen'!C12</f>
         <v>08:00</v>
       </c>
       <c r="N16" s="32" t="str">
-        <f>'Configuração'!D12</f>
+        <f>'Einstellungen'!D12</f>
         <v>12:00</v>
       </c>
       <c r="O16" s="32" t="str">
-        <f>'Configuração'!E12</f>
+        <f>'Einstellungen'!E12</f>
         <v>14:00</v>
       </c>
       <c r="P16" s="32" t="str">
-        <f>'Configuração'!F12</f>
+        <f>'Einstellungen'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S16" s="0">
         <v>0</v>
       </c>
       <c r="T16" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:20" s="16" customFormat="1">
       <c r="A17" s="16" t="s">
         <v>337</v>
       </c>
       <c r="B17" s="16" t="s">
         <v>96</v>
       </c>
       <c r="C17" s="16">
         <v>1</v>
       </c>
       <c r="D17" s="16">
         <v>0</v>
       </c>
       <c r="E17" s="16">
         <v>1</v>
       </c>
@@ -3132,213 +3132,213 @@
       </c>
       <c r="B20" s="11" t="s">
         <v>103</v>
       </c>
       <c r="C20" s="12">
         <v>1</v>
       </c>
       <c r="D20" s="12">
         <v>1</v>
       </c>
       <c r="E20" s="12">
         <v>0</v>
       </c>
       <c r="F20" s="12">
         <v>0</v>
       </c>
       <c r="G20" s="0"/>
       <c r="K20" s="28">
         <v>10</v>
       </c>
       <c r="L20" s="15" t="str">
         <f>24*(N20-M20+P20-O20)</f>
         <v>0</v>
       </c>
       <c r="M20" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N20" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O20" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P20" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S20" s="0">
         <v>0</v>
       </c>
       <c r="T20" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" s="11" t="s">
         <v>331</v>
       </c>
       <c r="B21" s="11" t="s">
         <v>105</v>
       </c>
       <c r="C21" s="12">
         <v>1</v>
       </c>
       <c r="D21" s="12">
         <v>1</v>
       </c>
       <c r="E21" s="12">
         <v>0</v>
       </c>
       <c r="F21" s="12">
         <v>0</v>
       </c>
       <c r="G21" s="0"/>
       <c r="K21" s="28">
         <v>11</v>
       </c>
       <c r="L21" s="15" t="str">
         <f>24*(N21-M21+P21-O21)</f>
         <v>0</v>
       </c>
       <c r="M21" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N21" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O21" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P21" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S21" s="0">
         <v>0</v>
       </c>
       <c r="T21" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B22" s="11" t="s">
         <v>107</v>
       </c>
       <c r="C22" s="12">
         <v>1</v>
       </c>
       <c r="D22" s="12">
         <v>1</v>
       </c>
       <c r="E22" s="12">
         <v>0</v>
       </c>
       <c r="F22" s="12">
         <v>0</v>
       </c>
       <c r="G22" s="0"/>
       <c r="K22" s="28">
         <v>12</v>
       </c>
       <c r="L22" s="15" t="str">
         <f>24*(N22-M22+P22-O22)</f>
         <v>0</v>
       </c>
       <c r="M22" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N22" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O22" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P22" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S22" s="0">
         <v>0</v>
       </c>
       <c r="T22" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B23" s="11" t="s">
         <v>109</v>
       </c>
       <c r="C23" s="12">
         <v>1</v>
       </c>
       <c r="D23" s="12">
         <v>1</v>
       </c>
       <c r="E23" s="12">
         <v>0</v>
       </c>
       <c r="F23" s="12">
         <v>0</v>
       </c>
       <c r="G23" s="0"/>
       <c r="K23" s="28">
         <v>13</v>
       </c>
       <c r="L23" s="15" t="str">
         <f>24*(N23-M23+P23-O23)</f>
         <v>0</v>
       </c>
       <c r="M23" s="32" t="str">
-        <f>'Configuração'!C12</f>
+        <f>'Einstellungen'!C12</f>
         <v>08:00</v>
       </c>
       <c r="N23" s="32" t="str">
-        <f>'Configuração'!D12</f>
+        <f>'Einstellungen'!D12</f>
         <v>12:00</v>
       </c>
       <c r="O23" s="32" t="str">
-        <f>'Configuração'!E12</f>
+        <f>'Einstellungen'!E12</f>
         <v>14:00</v>
       </c>
       <c r="P23" s="32" t="str">
-        <f>'Configuração'!F12</f>
+        <f>'Einstellungen'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S23" s="0">
         <v>0</v>
       </c>
       <c r="T23" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:20" s="16" customFormat="1">
       <c r="A24" s="16" t="s">
         <v>337</v>
       </c>
       <c r="B24" s="16" t="s">
         <v>111</v>
       </c>
       <c r="C24" s="16">
         <v>1</v>
       </c>
       <c r="D24" s="16">
         <v>0</v>
       </c>
       <c r="E24" s="16">
         <v>1</v>
       </c>
@@ -3396,263 +3396,263 @@
       </c>
       <c r="B26" s="11" t="s">
         <v>115</v>
       </c>
       <c r="C26" s="12">
         <v>1</v>
       </c>
       <c r="D26" s="12">
         <v>1</v>
       </c>
       <c r="E26" s="12">
         <v>0</v>
       </c>
       <c r="F26" s="12">
         <v>0</v>
       </c>
       <c r="G26" s="0"/>
       <c r="K26" s="28">
         <v>14</v>
       </c>
       <c r="L26" s="15" t="str">
         <f>24*(N26-M26+P26-O26)</f>
         <v>0</v>
       </c>
       <c r="M26" s="32" t="str">
-        <f>'Configuração'!C8</f>
+        <f>'Einstellungen'!C8</f>
         <v>08:00</v>
       </c>
       <c r="N26" s="32" t="str">
-        <f>'Configuração'!D8</f>
+        <f>'Einstellungen'!D8</f>
         <v>12:00</v>
       </c>
       <c r="O26" s="32" t="str">
-        <f>'Configuração'!E8</f>
+        <f>'Einstellungen'!E8</f>
         <v>14:00</v>
       </c>
       <c r="P26" s="32" t="str">
-        <f>'Configuração'!F8</f>
+        <f>'Einstellungen'!F8</f>
         <v>18:00</v>
       </c>
       <c r="S26" s="0">
         <v>0</v>
       </c>
       <c r="T26" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" s="11" t="s">
         <v>343</v>
       </c>
       <c r="B27" s="11" t="s">
         <v>117</v>
       </c>
       <c r="C27" s="12">
         <v>1</v>
       </c>
       <c r="D27" s="12">
         <v>1</v>
       </c>
       <c r="E27" s="12">
         <v>0</v>
       </c>
       <c r="F27" s="12">
         <v>0</v>
       </c>
       <c r="G27" s="0"/>
       <c r="K27" s="28">
         <v>15</v>
       </c>
       <c r="L27" s="15" t="str">
         <f>24*(N27-M27+P27-O27)</f>
         <v>0</v>
       </c>
       <c r="M27" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N27" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O27" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P27" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S27" s="0">
         <v>0</v>
       </c>
       <c r="T27" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" s="11" t="s">
         <v>331</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>119</v>
       </c>
       <c r="C28" s="12">
         <v>1</v>
       </c>
       <c r="D28" s="12">
         <v>1</v>
       </c>
       <c r="E28" s="12">
         <v>0</v>
       </c>
       <c r="F28" s="12">
         <v>0</v>
       </c>
       <c r="G28" s="0"/>
       <c r="K28" s="28">
         <v>16</v>
       </c>
       <c r="L28" s="15" t="str">
         <f>24*(N28-M28+P28-O28)</f>
         <v>0</v>
       </c>
       <c r="M28" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N28" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O28" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P28" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S28" s="0">
         <v>0</v>
       </c>
       <c r="T28" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B29" s="11" t="s">
         <v>121</v>
       </c>
       <c r="C29" s="12">
         <v>1</v>
       </c>
       <c r="D29" s="12">
         <v>1</v>
       </c>
       <c r="E29" s="12">
         <v>0</v>
       </c>
       <c r="F29" s="12">
         <v>0</v>
       </c>
       <c r="G29" s="0"/>
       <c r="K29" s="28">
         <v>17</v>
       </c>
       <c r="L29" s="15" t="str">
         <f>24*(N29-M29+P29-O29)</f>
         <v>0</v>
       </c>
       <c r="M29" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N29" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O29" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P29" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S29" s="0">
         <v>0</v>
       </c>
       <c r="T29" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B30" s="11" t="s">
         <v>123</v>
       </c>
       <c r="C30" s="12">
         <v>1</v>
       </c>
       <c r="D30" s="12">
         <v>1</v>
       </c>
       <c r="E30" s="12">
         <v>0</v>
       </c>
       <c r="F30" s="12">
         <v>0</v>
       </c>
       <c r="G30" s="0"/>
       <c r="K30" s="28">
         <v>18</v>
       </c>
       <c r="L30" s="15" t="str">
         <f>24*(N30-M30+P30-O30)</f>
         <v>0</v>
       </c>
       <c r="M30" s="32" t="str">
-        <f>'Configuração'!C12</f>
+        <f>'Einstellungen'!C12</f>
         <v>08:00</v>
       </c>
       <c r="N30" s="32" t="str">
-        <f>'Configuração'!D12</f>
+        <f>'Einstellungen'!D12</f>
         <v>12:00</v>
       </c>
       <c r="O30" s="32" t="str">
-        <f>'Configuração'!E12</f>
+        <f>'Einstellungen'!E12</f>
         <v>14:00</v>
       </c>
       <c r="P30" s="32" t="str">
-        <f>'Configuração'!F12</f>
+        <f>'Einstellungen'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S30" s="0">
         <v>0</v>
       </c>
       <c r="T30" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:20" s="16" customFormat="1">
       <c r="A31" s="16" t="s">
         <v>337</v>
       </c>
       <c r="B31" s="16" t="s">
         <v>125</v>
       </c>
       <c r="C31" s="16">
         <v>1</v>
       </c>
       <c r="D31" s="16">
         <v>0</v>
       </c>
       <c r="E31" s="16">
         <v>1</v>
       </c>
@@ -3710,263 +3710,263 @@
       </c>
       <c r="B33" s="11" t="s">
         <v>129</v>
       </c>
       <c r="C33" s="12">
         <v>1</v>
       </c>
       <c r="D33" s="12">
         <v>1</v>
       </c>
       <c r="E33" s="12">
         <v>0</v>
       </c>
       <c r="F33" s="12">
         <v>0</v>
       </c>
       <c r="G33" s="0"/>
       <c r="K33" s="28">
         <v>19</v>
       </c>
       <c r="L33" s="15" t="str">
         <f>24*(N33-M33+P33-O33)</f>
         <v>0</v>
       </c>
       <c r="M33" s="32" t="str">
-        <f>'Configuração'!C8</f>
+        <f>'Einstellungen'!C8</f>
         <v>08:00</v>
       </c>
       <c r="N33" s="32" t="str">
-        <f>'Configuração'!D8</f>
+        <f>'Einstellungen'!D8</f>
         <v>12:00</v>
       </c>
       <c r="O33" s="32" t="str">
-        <f>'Configuração'!E8</f>
+        <f>'Einstellungen'!E8</f>
         <v>14:00</v>
       </c>
       <c r="P33" s="32" t="str">
-        <f>'Configuração'!F8</f>
+        <f>'Einstellungen'!F8</f>
         <v>18:00</v>
       </c>
       <c r="S33" s="0">
         <v>0</v>
       </c>
       <c r="T33" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:20">
       <c r="A34" s="11" t="s">
         <v>343</v>
       </c>
       <c r="B34" s="11" t="s">
         <v>131</v>
       </c>
       <c r="C34" s="12">
         <v>1</v>
       </c>
       <c r="D34" s="12">
         <v>1</v>
       </c>
       <c r="E34" s="12">
         <v>0</v>
       </c>
       <c r="F34" s="12">
         <v>0</v>
       </c>
       <c r="G34" s="0"/>
       <c r="K34" s="28">
         <v>20</v>
       </c>
       <c r="L34" s="15" t="str">
         <f>24*(N34-M34+P34-O34)</f>
         <v>0</v>
       </c>
       <c r="M34" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N34" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O34" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P34" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S34" s="0">
         <v>0</v>
       </c>
       <c r="T34" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:20">
       <c r="A35" s="11" t="s">
         <v>331</v>
       </c>
       <c r="B35" s="11" t="s">
         <v>133</v>
       </c>
       <c r="C35" s="12">
         <v>1</v>
       </c>
       <c r="D35" s="12">
         <v>1</v>
       </c>
       <c r="E35" s="12">
         <v>0</v>
       </c>
       <c r="F35" s="12">
         <v>0</v>
       </c>
       <c r="G35" s="0"/>
       <c r="K35" s="28">
         <v>21</v>
       </c>
       <c r="L35" s="15" t="str">
         <f>24*(N35-M35+P35-O35)</f>
         <v>0</v>
       </c>
       <c r="M35" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N35" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O35" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P35" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S35" s="0">
         <v>0</v>
       </c>
       <c r="T35" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:20">
       <c r="A36" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>135</v>
       </c>
       <c r="C36" s="12">
         <v>1</v>
       </c>
       <c r="D36" s="12">
         <v>1</v>
       </c>
       <c r="E36" s="12">
         <v>0</v>
       </c>
       <c r="F36" s="12">
         <v>0</v>
       </c>
       <c r="G36" s="0"/>
       <c r="K36" s="28">
         <v>22</v>
       </c>
       <c r="L36" s="15" t="str">
         <f>24*(N36-M36+P36-O36)</f>
         <v>0</v>
       </c>
       <c r="M36" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N36" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O36" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P36" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S36" s="0">
         <v>0</v>
       </c>
       <c r="T36" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:20">
       <c r="A37" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B37" s="11" t="s">
         <v>137</v>
       </c>
       <c r="C37" s="12">
         <v>1</v>
       </c>
       <c r="D37" s="12">
         <v>1</v>
       </c>
       <c r="E37" s="12">
         <v>0</v>
       </c>
       <c r="F37" s="12">
         <v>0</v>
       </c>
       <c r="G37" s="0"/>
       <c r="K37" s="28">
         <v>23</v>
       </c>
       <c r="L37" s="15" t="str">
         <f>24*(N37-M37+P37-O37)</f>
         <v>0</v>
       </c>
       <c r="M37" s="32" t="str">
-        <f>'Configuração'!C12</f>
+        <f>'Einstellungen'!C12</f>
         <v>08:00</v>
       </c>
       <c r="N37" s="32" t="str">
-        <f>'Configuração'!D12</f>
+        <f>'Einstellungen'!D12</f>
         <v>12:00</v>
       </c>
       <c r="O37" s="32" t="str">
-        <f>'Configuração'!E12</f>
+        <f>'Einstellungen'!E12</f>
         <v>14:00</v>
       </c>
       <c r="P37" s="32" t="str">
-        <f>'Configuração'!F12</f>
+        <f>'Einstellungen'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S37" s="0">
         <v>0</v>
       </c>
       <c r="T37" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:20" s="16" customFormat="1">
       <c r="A38" s="16" t="s">
         <v>337</v>
       </c>
       <c r="B38" s="16" t="s">
         <v>139</v>
       </c>
       <c r="C38" s="16">
         <v>1</v>
       </c>
       <c r="D38" s="16">
         <v>0</v>
       </c>
       <c r="E38" s="16">
         <v>1</v>
       </c>
@@ -4024,263 +4024,263 @@
       </c>
       <c r="B40" s="11" t="s">
         <v>143</v>
       </c>
       <c r="C40" s="12">
         <v>1</v>
       </c>
       <c r="D40" s="12">
         <v>1</v>
       </c>
       <c r="E40" s="12">
         <v>0</v>
       </c>
       <c r="F40" s="12">
         <v>0</v>
       </c>
       <c r="G40" s="0"/>
       <c r="K40" s="28">
         <v>24</v>
       </c>
       <c r="L40" s="15" t="str">
         <f>24*(N40-M40+P40-O40)</f>
         <v>0</v>
       </c>
       <c r="M40" s="32" t="str">
-        <f>'Configuração'!C8</f>
+        <f>'Einstellungen'!C8</f>
         <v>08:00</v>
       </c>
       <c r="N40" s="32" t="str">
-        <f>'Configuração'!D8</f>
+        <f>'Einstellungen'!D8</f>
         <v>12:00</v>
       </c>
       <c r="O40" s="32" t="str">
-        <f>'Configuração'!E8</f>
+        <f>'Einstellungen'!E8</f>
         <v>14:00</v>
       </c>
       <c r="P40" s="32" t="str">
-        <f>'Configuração'!F8</f>
+        <f>'Einstellungen'!F8</f>
         <v>18:00</v>
       </c>
       <c r="S40" s="0">
         <v>0</v>
       </c>
       <c r="T40" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:20">
       <c r="A41" s="11" t="s">
         <v>343</v>
       </c>
       <c r="B41" s="11" t="s">
         <v>145</v>
       </c>
       <c r="C41" s="12">
         <v>1</v>
       </c>
       <c r="D41" s="12">
         <v>1</v>
       </c>
       <c r="E41" s="12">
         <v>0</v>
       </c>
       <c r="F41" s="12">
         <v>0</v>
       </c>
       <c r="G41" s="0"/>
       <c r="K41" s="28">
         <v>25</v>
       </c>
       <c r="L41" s="15" t="str">
         <f>24*(N41-M41+P41-O41)</f>
         <v>0</v>
       </c>
       <c r="M41" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N41" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O41" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P41" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S41" s="0">
         <v>0</v>
       </c>
       <c r="T41" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:20">
       <c r="A42" s="11" t="s">
         <v>331</v>
       </c>
       <c r="B42" s="11" t="s">
         <v>147</v>
       </c>
       <c r="C42" s="12">
         <v>1</v>
       </c>
       <c r="D42" s="12">
         <v>1</v>
       </c>
       <c r="E42" s="12">
         <v>0</v>
       </c>
       <c r="F42" s="12">
         <v>0</v>
       </c>
       <c r="G42" s="0"/>
       <c r="K42" s="28">
         <v>26</v>
       </c>
       <c r="L42" s="15" t="str">
         <f>24*(N42-M42+P42-O42)</f>
         <v>0</v>
       </c>
       <c r="M42" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N42" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O42" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P42" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S42" s="0">
         <v>0</v>
       </c>
       <c r="T42" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:20">
       <c r="A43" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B43" s="11" t="s">
         <v>149</v>
       </c>
       <c r="C43" s="12">
         <v>1</v>
       </c>
       <c r="D43" s="12">
         <v>1</v>
       </c>
       <c r="E43" s="12">
         <v>0</v>
       </c>
       <c r="F43" s="12">
         <v>0</v>
       </c>
       <c r="G43" s="0"/>
       <c r="K43" s="28">
         <v>27</v>
       </c>
       <c r="L43" s="15" t="str">
         <f>24*(N43-M43+P43-O43)</f>
         <v>0</v>
       </c>
       <c r="M43" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N43" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O43" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P43" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S43" s="0">
         <v>0</v>
       </c>
       <c r="T43" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:20">
       <c r="A44" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B44" s="11" t="s">
         <v>151</v>
       </c>
       <c r="C44" s="12">
         <v>1</v>
       </c>
       <c r="D44" s="12">
         <v>1</v>
       </c>
       <c r="E44" s="12">
         <v>0</v>
       </c>
       <c r="F44" s="12">
         <v>0</v>
       </c>
       <c r="G44" s="0"/>
       <c r="K44" s="28">
         <v>28</v>
       </c>
       <c r="L44" s="15" t="str">
         <f>24*(N44-M44+P44-O44)</f>
         <v>0</v>
       </c>
       <c r="M44" s="32" t="str">
-        <f>'Configuração'!C12</f>
+        <f>'Einstellungen'!C12</f>
         <v>08:00</v>
       </c>
       <c r="N44" s="32" t="str">
-        <f>'Configuração'!D12</f>
+        <f>'Einstellungen'!D12</f>
         <v>12:00</v>
       </c>
       <c r="O44" s="32" t="str">
-        <f>'Configuração'!E12</f>
+        <f>'Einstellungen'!E12</f>
         <v>14:00</v>
       </c>
       <c r="P44" s="32" t="str">
-        <f>'Configuração'!F12</f>
+        <f>'Einstellungen'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S44" s="0">
         <v>0</v>
       </c>
       <c r="T44" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:20" s="16" customFormat="1">
       <c r="A45" s="16" t="s">
         <v>337</v>
       </c>
       <c r="B45" s="16" t="s">
         <v>153</v>
       </c>
       <c r="C45" s="16">
         <v>1</v>
       </c>
       <c r="D45" s="16">
         <v>0</v>
       </c>
       <c r="E45" s="16">
         <v>1</v>
       </c>
@@ -4338,263 +4338,263 @@
       </c>
       <c r="B47" s="11" t="s">
         <v>157</v>
       </c>
       <c r="C47" s="12">
         <v>1</v>
       </c>
       <c r="D47" s="12">
         <v>1</v>
       </c>
       <c r="E47" s="12">
         <v>0</v>
       </c>
       <c r="F47" s="12">
         <v>0</v>
       </c>
       <c r="G47" s="0"/>
       <c r="K47" s="28">
         <v>29</v>
       </c>
       <c r="L47" s="15" t="str">
         <f>24*(N47-M47+P47-O47)</f>
         <v>0</v>
       </c>
       <c r="M47" s="32" t="str">
-        <f>'Configuração'!C8</f>
+        <f>'Einstellungen'!C8</f>
         <v>08:00</v>
       </c>
       <c r="N47" s="32" t="str">
-        <f>'Configuração'!D8</f>
+        <f>'Einstellungen'!D8</f>
         <v>12:00</v>
       </c>
       <c r="O47" s="32" t="str">
-        <f>'Configuração'!E8</f>
+        <f>'Einstellungen'!E8</f>
         <v>14:00</v>
       </c>
       <c r="P47" s="32" t="str">
-        <f>'Configuração'!F8</f>
+        <f>'Einstellungen'!F8</f>
         <v>18:00</v>
       </c>
       <c r="S47" s="0">
         <v>0</v>
       </c>
       <c r="T47" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:20">
       <c r="A48" s="11" t="s">
         <v>343</v>
       </c>
       <c r="B48" s="11" t="s">
         <v>159</v>
       </c>
       <c r="C48" s="12">
         <v>1</v>
       </c>
       <c r="D48" s="12">
         <v>1</v>
       </c>
       <c r="E48" s="12">
         <v>0</v>
       </c>
       <c r="F48" s="12">
         <v>0</v>
       </c>
       <c r="G48" s="0"/>
       <c r="K48" s="28">
         <v>30</v>
       </c>
       <c r="L48" s="15" t="str">
         <f>24*(N48-M48+P48-O48)</f>
         <v>0</v>
       </c>
       <c r="M48" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N48" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O48" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P48" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S48" s="0">
         <v>0</v>
       </c>
       <c r="T48" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:20">
       <c r="A49" s="11" t="s">
         <v>331</v>
       </c>
       <c r="B49" s="11" t="s">
         <v>161</v>
       </c>
       <c r="C49" s="12">
         <v>1</v>
       </c>
       <c r="D49" s="12">
         <v>1</v>
       </c>
       <c r="E49" s="12">
         <v>0</v>
       </c>
       <c r="F49" s="12">
         <v>0</v>
       </c>
       <c r="G49" s="0"/>
       <c r="K49" s="28">
         <v>31</v>
       </c>
       <c r="L49" s="15" t="str">
         <f>24*(N49-M49+P49-O49)</f>
         <v>0</v>
       </c>
       <c r="M49" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N49" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O49" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P49" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S49" s="0">
         <v>0</v>
       </c>
       <c r="T49" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:20">
       <c r="A50" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B50" s="11" t="s">
         <v>163</v>
       </c>
       <c r="C50" s="12">
         <v>1</v>
       </c>
       <c r="D50" s="12">
         <v>1</v>
       </c>
       <c r="E50" s="12">
         <v>0</v>
       </c>
       <c r="F50" s="12">
         <v>0</v>
       </c>
       <c r="G50" s="0"/>
       <c r="K50" s="28">
         <v>32</v>
       </c>
       <c r="L50" s="15" t="str">
         <f>24*(N50-M50+P50-O50)</f>
         <v>0</v>
       </c>
       <c r="M50" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N50" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O50" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P50" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S50" s="0">
         <v>0</v>
       </c>
       <c r="T50" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:20">
       <c r="A51" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B51" s="11" t="s">
         <v>165</v>
       </c>
       <c r="C51" s="12">
         <v>1</v>
       </c>
       <c r="D51" s="12">
         <v>1</v>
       </c>
       <c r="E51" s="12">
         <v>0</v>
       </c>
       <c r="F51" s="12">
         <v>0</v>
       </c>
       <c r="G51" s="0"/>
       <c r="K51" s="28">
         <v>33</v>
       </c>
       <c r="L51" s="15" t="str">
         <f>24*(N51-M51+P51-O51)</f>
         <v>0</v>
       </c>
       <c r="M51" s="32" t="str">
-        <f>'Configuração'!C12</f>
+        <f>'Einstellungen'!C12</f>
         <v>08:00</v>
       </c>
       <c r="N51" s="32" t="str">
-        <f>'Configuração'!D12</f>
+        <f>'Einstellungen'!D12</f>
         <v>12:00</v>
       </c>
       <c r="O51" s="32" t="str">
-        <f>'Configuração'!E12</f>
+        <f>'Einstellungen'!E12</f>
         <v>14:00</v>
       </c>
       <c r="P51" s="32" t="str">
-        <f>'Configuração'!F12</f>
+        <f>'Einstellungen'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S51" s="0">
         <v>0</v>
       </c>
       <c r="T51" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:20" s="16" customFormat="1">
       <c r="A52" s="16" t="s">
         <v>337</v>
       </c>
       <c r="B52" s="16" t="s">
         <v>167</v>
       </c>
       <c r="C52" s="16">
         <v>1</v>
       </c>
       <c r="D52" s="16">
         <v>0</v>
       </c>
       <c r="E52" s="16">
         <v>1</v>
       </c>
@@ -4652,263 +4652,263 @@
       </c>
       <c r="B54" s="11" t="s">
         <v>171</v>
       </c>
       <c r="C54" s="12">
         <v>1</v>
       </c>
       <c r="D54" s="12">
         <v>1</v>
       </c>
       <c r="E54" s="12">
         <v>0</v>
       </c>
       <c r="F54" s="12">
         <v>0</v>
       </c>
       <c r="G54" s="0"/>
       <c r="K54" s="28">
         <v>34</v>
       </c>
       <c r="L54" s="15" t="str">
         <f>24*(N54-M54+P54-O54)</f>
         <v>0</v>
       </c>
       <c r="M54" s="32" t="str">
-        <f>'Configuração'!C8</f>
+        <f>'Einstellungen'!C8</f>
         <v>08:00</v>
       </c>
       <c r="N54" s="32" t="str">
-        <f>'Configuração'!D8</f>
+        <f>'Einstellungen'!D8</f>
         <v>12:00</v>
       </c>
       <c r="O54" s="32" t="str">
-        <f>'Configuração'!E8</f>
+        <f>'Einstellungen'!E8</f>
         <v>14:00</v>
       </c>
       <c r="P54" s="32" t="str">
-        <f>'Configuração'!F8</f>
+        <f>'Einstellungen'!F8</f>
         <v>18:00</v>
       </c>
       <c r="S54" s="0">
         <v>0</v>
       </c>
       <c r="T54" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:20">
       <c r="A55" s="11" t="s">
         <v>343</v>
       </c>
       <c r="B55" s="11" t="s">
         <v>173</v>
       </c>
       <c r="C55" s="12">
         <v>1</v>
       </c>
       <c r="D55" s="12">
         <v>1</v>
       </c>
       <c r="E55" s="12">
         <v>0</v>
       </c>
       <c r="F55" s="12">
         <v>0</v>
       </c>
       <c r="G55" s="0"/>
       <c r="K55" s="28">
         <v>35</v>
       </c>
       <c r="L55" s="15" t="str">
         <f>24*(N55-M55+P55-O55)</f>
         <v>0</v>
       </c>
       <c r="M55" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N55" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O55" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P55" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S55" s="0">
         <v>0</v>
       </c>
       <c r="T55" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:20">
       <c r="A56" s="11" t="s">
         <v>331</v>
       </c>
       <c r="B56" s="11" t="s">
         <v>175</v>
       </c>
       <c r="C56" s="12">
         <v>1</v>
       </c>
       <c r="D56" s="12">
         <v>1</v>
       </c>
       <c r="E56" s="12">
         <v>0</v>
       </c>
       <c r="F56" s="12">
         <v>0</v>
       </c>
       <c r="G56" s="0"/>
       <c r="K56" s="28">
         <v>36</v>
       </c>
       <c r="L56" s="15" t="str">
         <f>24*(N56-M56+P56-O56)</f>
         <v>0</v>
       </c>
       <c r="M56" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N56" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O56" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P56" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S56" s="0">
         <v>0</v>
       </c>
       <c r="T56" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:20">
       <c r="A57" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B57" s="11" t="s">
         <v>177</v>
       </c>
       <c r="C57" s="12">
         <v>1</v>
       </c>
       <c r="D57" s="12">
         <v>1</v>
       </c>
       <c r="E57" s="12">
         <v>0</v>
       </c>
       <c r="F57" s="12">
         <v>0</v>
       </c>
       <c r="G57" s="0"/>
       <c r="K57" s="28">
         <v>37</v>
       </c>
       <c r="L57" s="15" t="str">
         <f>24*(N57-M57+P57-O57)</f>
         <v>0</v>
       </c>
       <c r="M57" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N57" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O57" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P57" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S57" s="0">
         <v>0</v>
       </c>
       <c r="T57" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:20">
       <c r="A58" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B58" s="11" t="s">
         <v>179</v>
       </c>
       <c r="C58" s="12">
         <v>1</v>
       </c>
       <c r="D58" s="12">
         <v>1</v>
       </c>
       <c r="E58" s="12">
         <v>0</v>
       </c>
       <c r="F58" s="12">
         <v>0</v>
       </c>
       <c r="G58" s="0"/>
       <c r="K58" s="28">
         <v>38</v>
       </c>
       <c r="L58" s="15" t="str">
         <f>24*(N58-M58+P58-O58)</f>
         <v>0</v>
       </c>
       <c r="M58" s="32" t="str">
-        <f>'Configuração'!C12</f>
+        <f>'Einstellungen'!C12</f>
         <v>08:00</v>
       </c>
       <c r="N58" s="32" t="str">
-        <f>'Configuração'!D12</f>
+        <f>'Einstellungen'!D12</f>
         <v>12:00</v>
       </c>
       <c r="O58" s="32" t="str">
-        <f>'Configuração'!E12</f>
+        <f>'Einstellungen'!E12</f>
         <v>14:00</v>
       </c>
       <c r="P58" s="32" t="str">
-        <f>'Configuração'!F12</f>
+        <f>'Einstellungen'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S58" s="0">
         <v>0</v>
       </c>
       <c r="T58" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:20" s="16" customFormat="1">
       <c r="A59" s="16" t="s">
         <v>337</v>
       </c>
       <c r="B59" s="16" t="s">
         <v>181</v>
       </c>
       <c r="C59" s="16">
         <v>1</v>
       </c>
       <c r="D59" s="16">
         <v>0</v>
       </c>
       <c r="E59" s="16">
         <v>1</v>
       </c>
@@ -4966,263 +4966,263 @@
       </c>
       <c r="B61" s="11" t="s">
         <v>185</v>
       </c>
       <c r="C61" s="12">
         <v>1</v>
       </c>
       <c r="D61" s="12">
         <v>1</v>
       </c>
       <c r="E61" s="12">
         <v>0</v>
       </c>
       <c r="F61" s="12">
         <v>0</v>
       </c>
       <c r="G61" s="0"/>
       <c r="K61" s="28">
         <v>39</v>
       </c>
       <c r="L61" s="15" t="str">
         <f>24*(N61-M61+P61-O61)</f>
         <v>0</v>
       </c>
       <c r="M61" s="32" t="str">
-        <f>'Configuração'!C8</f>
+        <f>'Einstellungen'!C8</f>
         <v>08:00</v>
       </c>
       <c r="N61" s="32" t="str">
-        <f>'Configuração'!D8</f>
+        <f>'Einstellungen'!D8</f>
         <v>12:00</v>
       </c>
       <c r="O61" s="32" t="str">
-        <f>'Configuração'!E8</f>
+        <f>'Einstellungen'!E8</f>
         <v>14:00</v>
       </c>
       <c r="P61" s="32" t="str">
-        <f>'Configuração'!F8</f>
+        <f>'Einstellungen'!F8</f>
         <v>18:00</v>
       </c>
       <c r="S61" s="0">
         <v>0</v>
       </c>
       <c r="T61" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:20">
       <c r="A62" s="11" t="s">
         <v>343</v>
       </c>
       <c r="B62" s="11" t="s">
         <v>187</v>
       </c>
       <c r="C62" s="12">
         <v>1</v>
       </c>
       <c r="D62" s="12">
         <v>1</v>
       </c>
       <c r="E62" s="12">
         <v>0</v>
       </c>
       <c r="F62" s="12">
         <v>0</v>
       </c>
       <c r="G62" s="0"/>
       <c r="K62" s="28">
         <v>40</v>
       </c>
       <c r="L62" s="15" t="str">
         <f>24*(N62-M62+P62-O62)</f>
         <v>0</v>
       </c>
       <c r="M62" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N62" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O62" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P62" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S62" s="0">
         <v>0</v>
       </c>
       <c r="T62" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:20">
       <c r="A63" s="11" t="s">
         <v>331</v>
       </c>
       <c r="B63" s="11" t="s">
         <v>189</v>
       </c>
       <c r="C63" s="12">
         <v>1</v>
       </c>
       <c r="D63" s="12">
         <v>1</v>
       </c>
       <c r="E63" s="12">
         <v>0</v>
       </c>
       <c r="F63" s="12">
         <v>0</v>
       </c>
       <c r="G63" s="0"/>
       <c r="K63" s="28">
         <v>41</v>
       </c>
       <c r="L63" s="15" t="str">
         <f>24*(N63-M63+P63-O63)</f>
         <v>0</v>
       </c>
       <c r="M63" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N63" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O63" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P63" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S63" s="0">
         <v>0</v>
       </c>
       <c r="T63" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:20">
       <c r="A64" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B64" s="11" t="s">
         <v>191</v>
       </c>
       <c r="C64" s="12">
         <v>1</v>
       </c>
       <c r="D64" s="12">
         <v>1</v>
       </c>
       <c r="E64" s="12">
         <v>0</v>
       </c>
       <c r="F64" s="12">
         <v>0</v>
       </c>
       <c r="G64" s="0"/>
       <c r="K64" s="28">
         <v>42</v>
       </c>
       <c r="L64" s="15" t="str">
         <f>24*(N64-M64+P64-O64)</f>
         <v>0</v>
       </c>
       <c r="M64" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N64" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O64" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P64" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S64" s="0">
         <v>0</v>
       </c>
       <c r="T64" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:20">
       <c r="A65" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B65" s="11" t="s">
         <v>193</v>
       </c>
       <c r="C65" s="12">
         <v>1</v>
       </c>
       <c r="D65" s="12">
         <v>1</v>
       </c>
       <c r="E65" s="12">
         <v>0</v>
       </c>
       <c r="F65" s="12">
         <v>0</v>
       </c>
       <c r="G65" s="0"/>
       <c r="K65" s="28">
         <v>43</v>
       </c>
       <c r="L65" s="15" t="str">
         <f>24*(N65-M65+P65-O65)</f>
         <v>0</v>
       </c>
       <c r="M65" s="32" t="str">
-        <f>'Configuração'!C12</f>
+        <f>'Einstellungen'!C12</f>
         <v>08:00</v>
       </c>
       <c r="N65" s="32" t="str">
-        <f>'Configuração'!D12</f>
+        <f>'Einstellungen'!D12</f>
         <v>12:00</v>
       </c>
       <c r="O65" s="32" t="str">
-        <f>'Configuração'!E12</f>
+        <f>'Einstellungen'!E12</f>
         <v>14:00</v>
       </c>
       <c r="P65" s="32" t="str">
-        <f>'Configuração'!F12</f>
+        <f>'Einstellungen'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S65" s="0">
         <v>0</v>
       </c>
       <c r="T65" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:20" s="16" customFormat="1">
       <c r="A66" s="16" t="s">
         <v>337</v>
       </c>
       <c r="B66" s="16" t="s">
         <v>195</v>
       </c>
       <c r="C66" s="16">
         <v>1</v>
       </c>
       <c r="D66" s="16">
         <v>0</v>
       </c>
       <c r="E66" s="16">
         <v>1</v>
       </c>
@@ -5280,263 +5280,263 @@
       </c>
       <c r="B68" s="11" t="s">
         <v>199</v>
       </c>
       <c r="C68" s="12">
         <v>1</v>
       </c>
       <c r="D68" s="12">
         <v>1</v>
       </c>
       <c r="E68" s="12">
         <v>0</v>
       </c>
       <c r="F68" s="12">
         <v>0</v>
       </c>
       <c r="G68" s="0"/>
       <c r="K68" s="28">
         <v>44</v>
       </c>
       <c r="L68" s="15" t="str">
         <f>24*(N68-M68+P68-O68)</f>
         <v>0</v>
       </c>
       <c r="M68" s="32" t="str">
-        <f>'Configuração'!C8</f>
+        <f>'Einstellungen'!C8</f>
         <v>08:00</v>
       </c>
       <c r="N68" s="32" t="str">
-        <f>'Configuração'!D8</f>
+        <f>'Einstellungen'!D8</f>
         <v>12:00</v>
       </c>
       <c r="O68" s="32" t="str">
-        <f>'Configuração'!E8</f>
+        <f>'Einstellungen'!E8</f>
         <v>14:00</v>
       </c>
       <c r="P68" s="32" t="str">
-        <f>'Configuração'!F8</f>
+        <f>'Einstellungen'!F8</f>
         <v>18:00</v>
       </c>
       <c r="S68" s="0">
         <v>0</v>
       </c>
       <c r="T68" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:20">
       <c r="A69" s="11" t="s">
         <v>343</v>
       </c>
       <c r="B69" s="11" t="s">
         <v>201</v>
       </c>
       <c r="C69" s="12">
         <v>1</v>
       </c>
       <c r="D69" s="12">
         <v>1</v>
       </c>
       <c r="E69" s="12">
         <v>0</v>
       </c>
       <c r="F69" s="12">
         <v>0</v>
       </c>
       <c r="G69" s="0"/>
       <c r="K69" s="28">
         <v>45</v>
       </c>
       <c r="L69" s="15" t="str">
         <f>24*(N69-M69+P69-O69)</f>
         <v>0</v>
       </c>
       <c r="M69" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N69" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O69" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P69" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S69" s="0">
         <v>0</v>
       </c>
       <c r="T69" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:20">
       <c r="A70" s="11" t="s">
         <v>331</v>
       </c>
       <c r="B70" s="11" t="s">
         <v>203</v>
       </c>
       <c r="C70" s="12">
         <v>1</v>
       </c>
       <c r="D70" s="12">
         <v>1</v>
       </c>
       <c r="E70" s="12">
         <v>0</v>
       </c>
       <c r="F70" s="12">
         <v>0</v>
       </c>
       <c r="G70" s="0"/>
       <c r="K70" s="28">
         <v>46</v>
       </c>
       <c r="L70" s="15" t="str">
         <f>24*(N70-M70+P70-O70)</f>
         <v>0</v>
       </c>
       <c r="M70" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N70" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O70" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P70" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S70" s="0">
         <v>0</v>
       </c>
       <c r="T70" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:20">
       <c r="A71" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B71" s="11" t="s">
         <v>205</v>
       </c>
       <c r="C71" s="12">
         <v>1</v>
       </c>
       <c r="D71" s="12">
         <v>1</v>
       </c>
       <c r="E71" s="12">
         <v>0</v>
       </c>
       <c r="F71" s="12">
         <v>0</v>
       </c>
       <c r="G71" s="0"/>
       <c r="K71" s="28">
         <v>47</v>
       </c>
       <c r="L71" s="15" t="str">
         <f>24*(N71-M71+P71-O71)</f>
         <v>0</v>
       </c>
       <c r="M71" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N71" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O71" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P71" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S71" s="0">
         <v>0</v>
       </c>
       <c r="T71" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:20">
       <c r="A72" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B72" s="11" t="s">
         <v>207</v>
       </c>
       <c r="C72" s="12">
         <v>1</v>
       </c>
       <c r="D72" s="12">
         <v>1</v>
       </c>
       <c r="E72" s="12">
         <v>0</v>
       </c>
       <c r="F72" s="12">
         <v>0</v>
       </c>
       <c r="G72" s="0"/>
       <c r="K72" s="28">
         <v>48</v>
       </c>
       <c r="L72" s="15" t="str">
         <f>24*(N72-M72+P72-O72)</f>
         <v>0</v>
       </c>
       <c r="M72" s="32" t="str">
-        <f>'Configuração'!C12</f>
+        <f>'Einstellungen'!C12</f>
         <v>08:00</v>
       </c>
       <c r="N72" s="32" t="str">
-        <f>'Configuração'!D12</f>
+        <f>'Einstellungen'!D12</f>
         <v>12:00</v>
       </c>
       <c r="O72" s="32" t="str">
-        <f>'Configuração'!E12</f>
+        <f>'Einstellungen'!E12</f>
         <v>14:00</v>
       </c>
       <c r="P72" s="32" t="str">
-        <f>'Configuração'!F12</f>
+        <f>'Einstellungen'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S72" s="0">
         <v>0</v>
       </c>
       <c r="T72" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:20" s="16" customFormat="1">
       <c r="A73" s="16" t="s">
         <v>337</v>
       </c>
       <c r="B73" s="16" t="s">
         <v>209</v>
       </c>
       <c r="C73" s="16">
         <v>1</v>
       </c>
       <c r="D73" s="16">
         <v>0</v>
       </c>
       <c r="E73" s="16">
         <v>1</v>
       </c>
@@ -5594,263 +5594,263 @@
       </c>
       <c r="B75" s="11" t="s">
         <v>213</v>
       </c>
       <c r="C75" s="12">
         <v>1</v>
       </c>
       <c r="D75" s="12">
         <v>1</v>
       </c>
       <c r="E75" s="12">
         <v>0</v>
       </c>
       <c r="F75" s="12">
         <v>0</v>
       </c>
       <c r="G75" s="0"/>
       <c r="K75" s="28">
         <v>49</v>
       </c>
       <c r="L75" s="15" t="str">
         <f>24*(N75-M75+P75-O75)</f>
         <v>0</v>
       </c>
       <c r="M75" s="32" t="str">
-        <f>'Configuração'!C8</f>
+        <f>'Einstellungen'!C8</f>
         <v>08:00</v>
       </c>
       <c r="N75" s="32" t="str">
-        <f>'Configuração'!D8</f>
+        <f>'Einstellungen'!D8</f>
         <v>12:00</v>
       </c>
       <c r="O75" s="32" t="str">
-        <f>'Configuração'!E8</f>
+        <f>'Einstellungen'!E8</f>
         <v>14:00</v>
       </c>
       <c r="P75" s="32" t="str">
-        <f>'Configuração'!F8</f>
+        <f>'Einstellungen'!F8</f>
         <v>18:00</v>
       </c>
       <c r="S75" s="0">
         <v>0</v>
       </c>
       <c r="T75" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:20">
       <c r="A76" s="11" t="s">
         <v>343</v>
       </c>
       <c r="B76" s="11" t="s">
         <v>215</v>
       </c>
       <c r="C76" s="12">
         <v>1</v>
       </c>
       <c r="D76" s="12">
         <v>1</v>
       </c>
       <c r="E76" s="12">
         <v>0</v>
       </c>
       <c r="F76" s="12">
         <v>0</v>
       </c>
       <c r="G76" s="0"/>
       <c r="K76" s="28">
         <v>50</v>
       </c>
       <c r="L76" s="15" t="str">
         <f>24*(N76-M76+P76-O76)</f>
         <v>0</v>
       </c>
       <c r="M76" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N76" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O76" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P76" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S76" s="0">
         <v>0</v>
       </c>
       <c r="T76" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:20">
       <c r="A77" s="11" t="s">
         <v>331</v>
       </c>
       <c r="B77" s="11" t="s">
         <v>217</v>
       </c>
       <c r="C77" s="12">
         <v>1</v>
       </c>
       <c r="D77" s="12">
         <v>1</v>
       </c>
       <c r="E77" s="12">
         <v>0</v>
       </c>
       <c r="F77" s="12">
         <v>0</v>
       </c>
       <c r="G77" s="0"/>
       <c r="K77" s="28">
         <v>51</v>
       </c>
       <c r="L77" s="15" t="str">
         <f>24*(N77-M77+P77-O77)</f>
         <v>0</v>
       </c>
       <c r="M77" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N77" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O77" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P77" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S77" s="0">
         <v>0</v>
       </c>
       <c r="T77" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:20">
       <c r="A78" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B78" s="11" t="s">
         <v>219</v>
       </c>
       <c r="C78" s="12">
         <v>1</v>
       </c>
       <c r="D78" s="12">
         <v>1</v>
       </c>
       <c r="E78" s="12">
         <v>0</v>
       </c>
       <c r="F78" s="12">
         <v>0</v>
       </c>
       <c r="G78" s="0"/>
       <c r="K78" s="28">
         <v>52</v>
       </c>
       <c r="L78" s="15" t="str">
         <f>24*(N78-M78+P78-O78)</f>
         <v>0</v>
       </c>
       <c r="M78" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N78" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O78" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P78" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S78" s="0">
         <v>0</v>
       </c>
       <c r="T78" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:20">
       <c r="A79" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B79" s="11" t="s">
         <v>221</v>
       </c>
       <c r="C79" s="12">
         <v>1</v>
       </c>
       <c r="D79" s="12">
         <v>1</v>
       </c>
       <c r="E79" s="12">
         <v>0</v>
       </c>
       <c r="F79" s="12">
         <v>0</v>
       </c>
       <c r="G79" s="0"/>
       <c r="K79" s="28">
         <v>53</v>
       </c>
       <c r="L79" s="15" t="str">
         <f>24*(N79-M79+P79-O79)</f>
         <v>0</v>
       </c>
       <c r="M79" s="32" t="str">
-        <f>'Configuração'!C12</f>
+        <f>'Einstellungen'!C12</f>
         <v>08:00</v>
       </c>
       <c r="N79" s="32" t="str">
-        <f>'Configuração'!D12</f>
+        <f>'Einstellungen'!D12</f>
         <v>12:00</v>
       </c>
       <c r="O79" s="32" t="str">
-        <f>'Configuração'!E12</f>
+        <f>'Einstellungen'!E12</f>
         <v>14:00</v>
       </c>
       <c r="P79" s="32" t="str">
-        <f>'Configuração'!F12</f>
+        <f>'Einstellungen'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S79" s="0">
         <v>0</v>
       </c>
       <c r="T79" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:20" s="16" customFormat="1">
       <c r="A80" s="16" t="s">
         <v>337</v>
       </c>
       <c r="B80" s="16" t="s">
         <v>223</v>
       </c>
       <c r="C80" s="16">
         <v>1</v>
       </c>
       <c r="D80" s="16">
         <v>0</v>
       </c>
       <c r="E80" s="16">
         <v>1</v>
       </c>
@@ -5908,213 +5908,213 @@
       </c>
       <c r="B82" s="11" t="s">
         <v>227</v>
       </c>
       <c r="C82" s="12">
         <v>1</v>
       </c>
       <c r="D82" s="12">
         <v>1</v>
       </c>
       <c r="E82" s="12">
         <v>0</v>
       </c>
       <c r="F82" s="12">
         <v>0</v>
       </c>
       <c r="G82" s="0"/>
       <c r="K82" s="28">
         <v>54</v>
       </c>
       <c r="L82" s="15" t="str">
         <f>24*(N82-M82+P82-O82)</f>
         <v>0</v>
       </c>
       <c r="M82" s="32" t="str">
-        <f>'Configuração'!C8</f>
+        <f>'Einstellungen'!C8</f>
         <v>08:00</v>
       </c>
       <c r="N82" s="32" t="str">
-        <f>'Configuração'!D8</f>
+        <f>'Einstellungen'!D8</f>
         <v>12:00</v>
       </c>
       <c r="O82" s="32" t="str">
-        <f>'Configuração'!E8</f>
+        <f>'Einstellungen'!E8</f>
         <v>14:00</v>
       </c>
       <c r="P82" s="32" t="str">
-        <f>'Configuração'!F8</f>
+        <f>'Einstellungen'!F8</f>
         <v>18:00</v>
       </c>
       <c r="S82" s="0">
         <v>0</v>
       </c>
       <c r="T82" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:20">
       <c r="A83" s="11" t="s">
         <v>343</v>
       </c>
       <c r="B83" s="11" t="s">
         <v>229</v>
       </c>
       <c r="C83" s="12">
         <v>1</v>
       </c>
       <c r="D83" s="12">
         <v>1</v>
       </c>
       <c r="E83" s="12">
         <v>0</v>
       </c>
       <c r="F83" s="12">
         <v>0</v>
       </c>
       <c r="G83" s="0"/>
       <c r="K83" s="28">
         <v>55</v>
       </c>
       <c r="L83" s="15" t="str">
         <f>24*(N83-M83+P83-O83)</f>
         <v>0</v>
       </c>
       <c r="M83" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N83" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O83" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P83" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S83" s="0">
         <v>0</v>
       </c>
       <c r="T83" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:20">
       <c r="A84" s="11" t="s">
         <v>331</v>
       </c>
       <c r="B84" s="11" t="s">
         <v>231</v>
       </c>
       <c r="C84" s="12">
         <v>1</v>
       </c>
       <c r="D84" s="12">
         <v>1</v>
       </c>
       <c r="E84" s="12">
         <v>0</v>
       </c>
       <c r="F84" s="12">
         <v>0</v>
       </c>
       <c r="G84" s="0"/>
       <c r="K84" s="28">
         <v>56</v>
       </c>
       <c r="L84" s="15" t="str">
         <f>24*(N84-M84+P84-O84)</f>
         <v>0</v>
       </c>
       <c r="M84" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N84" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O84" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P84" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S84" s="0">
         <v>0</v>
       </c>
       <c r="T84" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:20">
       <c r="A85" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B85" s="11" t="s">
         <v>233</v>
       </c>
       <c r="C85" s="12">
         <v>1</v>
       </c>
       <c r="D85" s="12">
         <v>1</v>
       </c>
       <c r="E85" s="12">
         <v>0</v>
       </c>
       <c r="F85" s="12">
         <v>0</v>
       </c>
       <c r="G85" s="0"/>
       <c r="K85" s="28">
         <v>57</v>
       </c>
       <c r="L85" s="15" t="str">
         <f>24*(N85-M85+P85-O85)</f>
         <v>0</v>
       </c>
       <c r="M85" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N85" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O85" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P85" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S85" s="0">
         <v>0</v>
       </c>
       <c r="T85" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:20" s="17" customFormat="1">
       <c r="A86" s="17" t="s">
         <v>335</v>
       </c>
       <c r="B86" s="17" t="s">
         <v>235</v>
       </c>
       <c r="C86" s="17">
         <v>1</v>
       </c>
       <c r="D86" s="17">
         <v>0</v>
       </c>
       <c r="E86" s="17">
         <v>0</v>
       </c>
@@ -6206,263 +6206,263 @@
       </c>
       <c r="B89" s="11" t="s">
         <v>242</v>
       </c>
       <c r="C89" s="12">
         <v>1</v>
       </c>
       <c r="D89" s="12">
         <v>1</v>
       </c>
       <c r="E89" s="12">
         <v>0</v>
       </c>
       <c r="F89" s="12">
         <v>0</v>
       </c>
       <c r="G89" s="0"/>
       <c r="K89" s="28">
         <v>58</v>
       </c>
       <c r="L89" s="15" t="str">
         <f>24*(N89-M89+P89-O89)</f>
         <v>0</v>
       </c>
       <c r="M89" s="32" t="str">
-        <f>'Configuração'!C8</f>
+        <f>'Einstellungen'!C8</f>
         <v>08:00</v>
       </c>
       <c r="N89" s="32" t="str">
-        <f>'Configuração'!D8</f>
+        <f>'Einstellungen'!D8</f>
         <v>12:00</v>
       </c>
       <c r="O89" s="32" t="str">
-        <f>'Configuração'!E8</f>
+        <f>'Einstellungen'!E8</f>
         <v>14:00</v>
       </c>
       <c r="P89" s="32" t="str">
-        <f>'Configuração'!F8</f>
+        <f>'Einstellungen'!F8</f>
         <v>18:00</v>
       </c>
       <c r="S89" s="0">
         <v>0</v>
       </c>
       <c r="T89" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:20">
       <c r="A90" s="11" t="s">
         <v>343</v>
       </c>
       <c r="B90" s="11" t="s">
         <v>244</v>
       </c>
       <c r="C90" s="12">
         <v>1</v>
       </c>
       <c r="D90" s="12">
         <v>1</v>
       </c>
       <c r="E90" s="12">
         <v>0</v>
       </c>
       <c r="F90" s="12">
         <v>0</v>
       </c>
       <c r="G90" s="0"/>
       <c r="K90" s="28">
         <v>59</v>
       </c>
       <c r="L90" s="15" t="str">
         <f>24*(N90-M90+P90-O90)</f>
         <v>0</v>
       </c>
       <c r="M90" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N90" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O90" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P90" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S90" s="0">
         <v>0</v>
       </c>
       <c r="T90" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:20">
       <c r="A91" s="11" t="s">
         <v>331</v>
       </c>
       <c r="B91" s="11" t="s">
         <v>246</v>
       </c>
       <c r="C91" s="12">
         <v>1</v>
       </c>
       <c r="D91" s="12">
         <v>1</v>
       </c>
       <c r="E91" s="12">
         <v>0</v>
       </c>
       <c r="F91" s="12">
         <v>0</v>
       </c>
       <c r="G91" s="0"/>
       <c r="K91" s="28">
         <v>60</v>
       </c>
       <c r="L91" s="15" t="str">
         <f>24*(N91-M91+P91-O91)</f>
         <v>0</v>
       </c>
       <c r="M91" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N91" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O91" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P91" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S91" s="0">
         <v>0</v>
       </c>
       <c r="T91" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:20">
       <c r="A92" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B92" s="11" t="s">
         <v>248</v>
       </c>
       <c r="C92" s="12">
         <v>1</v>
       </c>
       <c r="D92" s="12">
         <v>1</v>
       </c>
       <c r="E92" s="12">
         <v>0</v>
       </c>
       <c r="F92" s="12">
         <v>0</v>
       </c>
       <c r="G92" s="0"/>
       <c r="K92" s="28">
         <v>61</v>
       </c>
       <c r="L92" s="15" t="str">
         <f>24*(N92-M92+P92-O92)</f>
         <v>0</v>
       </c>
       <c r="M92" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N92" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O92" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P92" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S92" s="0">
         <v>0</v>
       </c>
       <c r="T92" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:20">
       <c r="A93" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B93" s="11" t="s">
         <v>250</v>
       </c>
       <c r="C93" s="12">
         <v>1</v>
       </c>
       <c r="D93" s="12">
         <v>1</v>
       </c>
       <c r="E93" s="12">
         <v>0</v>
       </c>
       <c r="F93" s="12">
         <v>0</v>
       </c>
       <c r="G93" s="0"/>
       <c r="K93" s="28">
         <v>62</v>
       </c>
       <c r="L93" s="15" t="str">
         <f>24*(N93-M93+P93-O93)</f>
         <v>0</v>
       </c>
       <c r="M93" s="32" t="str">
-        <f>'Configuração'!C12</f>
+        <f>'Einstellungen'!C12</f>
         <v>08:00</v>
       </c>
       <c r="N93" s="32" t="str">
-        <f>'Configuração'!D12</f>
+        <f>'Einstellungen'!D12</f>
         <v>12:00</v>
       </c>
       <c r="O93" s="32" t="str">
-        <f>'Configuração'!E12</f>
+        <f>'Einstellungen'!E12</f>
         <v>14:00</v>
       </c>
       <c r="P93" s="32" t="str">
-        <f>'Configuração'!F12</f>
+        <f>'Einstellungen'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S93" s="0">
         <v>0</v>
       </c>
       <c r="T93" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:20" s="16" customFormat="1">
       <c r="A94" s="16" t="s">
         <v>337</v>
       </c>
       <c r="B94" s="16" t="s">
         <v>252</v>
       </c>
       <c r="C94" s="16">
         <v>1</v>
       </c>
       <c r="D94" s="16">
         <v>0</v>
       </c>
       <c r="E94" s="16">
         <v>1</v>
       </c>
@@ -6520,263 +6520,263 @@
       </c>
       <c r="B96" s="11" t="s">
         <v>256</v>
       </c>
       <c r="C96" s="12">
         <v>1</v>
       </c>
       <c r="D96" s="12">
         <v>1</v>
       </c>
       <c r="E96" s="12">
         <v>0</v>
       </c>
       <c r="F96" s="12">
         <v>0</v>
       </c>
       <c r="G96" s="0"/>
       <c r="K96" s="28">
         <v>63</v>
       </c>
       <c r="L96" s="15" t="str">
         <f>24*(N96-M96+P96-O96)</f>
         <v>0</v>
       </c>
       <c r="M96" s="32" t="str">
-        <f>'Configuração'!C8</f>
+        <f>'Einstellungen'!C8</f>
         <v>08:00</v>
       </c>
       <c r="N96" s="32" t="str">
-        <f>'Configuração'!D8</f>
+        <f>'Einstellungen'!D8</f>
         <v>12:00</v>
       </c>
       <c r="O96" s="32" t="str">
-        <f>'Configuração'!E8</f>
+        <f>'Einstellungen'!E8</f>
         <v>14:00</v>
       </c>
       <c r="P96" s="32" t="str">
-        <f>'Configuração'!F8</f>
+        <f>'Einstellungen'!F8</f>
         <v>18:00</v>
       </c>
       <c r="S96" s="0">
         <v>0</v>
       </c>
       <c r="T96" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:20">
       <c r="A97" s="11" t="s">
         <v>343</v>
       </c>
       <c r="B97" s="11" t="s">
         <v>258</v>
       </c>
       <c r="C97" s="12">
         <v>1</v>
       </c>
       <c r="D97" s="12">
         <v>1</v>
       </c>
       <c r="E97" s="12">
         <v>0</v>
       </c>
       <c r="F97" s="12">
         <v>0</v>
       </c>
       <c r="G97" s="0"/>
       <c r="K97" s="28">
         <v>64</v>
       </c>
       <c r="L97" s="15" t="str">
         <f>24*(N97-M97+P97-O97)</f>
         <v>0</v>
       </c>
       <c r="M97" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N97" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O97" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P97" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S97" s="0">
         <v>0</v>
       </c>
       <c r="T97" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:20">
       <c r="A98" s="11" t="s">
         <v>331</v>
       </c>
       <c r="B98" s="11" t="s">
         <v>260</v>
       </c>
       <c r="C98" s="12">
         <v>1</v>
       </c>
       <c r="D98" s="12">
         <v>1</v>
       </c>
       <c r="E98" s="12">
         <v>0</v>
       </c>
       <c r="F98" s="12">
         <v>0</v>
       </c>
       <c r="G98" s="0"/>
       <c r="K98" s="28">
         <v>65</v>
       </c>
       <c r="L98" s="15" t="str">
         <f>24*(N98-M98+P98-O98)</f>
         <v>0</v>
       </c>
       <c r="M98" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N98" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O98" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P98" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S98" s="0">
         <v>0</v>
       </c>
       <c r="T98" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:20">
       <c r="A99" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B99" s="11" t="s">
         <v>262</v>
       </c>
       <c r="C99" s="12">
         <v>1</v>
       </c>
       <c r="D99" s="12">
         <v>1</v>
       </c>
       <c r="E99" s="12">
         <v>0</v>
       </c>
       <c r="F99" s="12">
         <v>0</v>
       </c>
       <c r="G99" s="0"/>
       <c r="K99" s="28">
         <v>66</v>
       </c>
       <c r="L99" s="15" t="str">
         <f>24*(N99-M99+P99-O99)</f>
         <v>0</v>
       </c>
       <c r="M99" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N99" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O99" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P99" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S99" s="0">
         <v>0</v>
       </c>
       <c r="T99" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:20">
       <c r="A100" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B100" s="11" t="s">
         <v>264</v>
       </c>
       <c r="C100" s="12">
         <v>1</v>
       </c>
       <c r="D100" s="12">
         <v>1</v>
       </c>
       <c r="E100" s="12">
         <v>0</v>
       </c>
       <c r="F100" s="12">
         <v>0</v>
       </c>
       <c r="G100" s="0"/>
       <c r="K100" s="28">
         <v>67</v>
       </c>
       <c r="L100" s="15" t="str">
         <f>24*(N100-M100+P100-O100)</f>
         <v>0</v>
       </c>
       <c r="M100" s="32" t="str">
-        <f>'Configuração'!C12</f>
+        <f>'Einstellungen'!C12</f>
         <v>08:00</v>
       </c>
       <c r="N100" s="32" t="str">
-        <f>'Configuração'!D12</f>
+        <f>'Einstellungen'!D12</f>
         <v>12:00</v>
       </c>
       <c r="O100" s="32" t="str">
-        <f>'Configuração'!E12</f>
+        <f>'Einstellungen'!E12</f>
         <v>14:00</v>
       </c>
       <c r="P100" s="32" t="str">
-        <f>'Configuração'!F12</f>
+        <f>'Einstellungen'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S100" s="0">
         <v>0</v>
       </c>
       <c r="T100" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:20" s="16" customFormat="1">
       <c r="A101" s="16" t="s">
         <v>337</v>
       </c>
       <c r="B101" s="16" t="s">
         <v>266</v>
       </c>
       <c r="C101" s="16">
         <v>1</v>
       </c>
       <c r="D101" s="16">
         <v>0</v>
       </c>
       <c r="E101" s="16">
         <v>1</v>
       </c>
@@ -6834,213 +6834,213 @@
       </c>
       <c r="B103" s="11" t="s">
         <v>270</v>
       </c>
       <c r="C103" s="12">
         <v>1</v>
       </c>
       <c r="D103" s="12">
         <v>1</v>
       </c>
       <c r="E103" s="12">
         <v>0</v>
       </c>
       <c r="F103" s="12">
         <v>0</v>
       </c>
       <c r="G103" s="0"/>
       <c r="K103" s="28">
         <v>68</v>
       </c>
       <c r="L103" s="15" t="str">
         <f>24*(N103-M103+P103-O103)</f>
         <v>0</v>
       </c>
       <c r="M103" s="32" t="str">
-        <f>'Configuração'!C8</f>
+        <f>'Einstellungen'!C8</f>
         <v>08:00</v>
       </c>
       <c r="N103" s="32" t="str">
-        <f>'Configuração'!D8</f>
+        <f>'Einstellungen'!D8</f>
         <v>12:00</v>
       </c>
       <c r="O103" s="32" t="str">
-        <f>'Configuração'!E8</f>
+        <f>'Einstellungen'!E8</f>
         <v>14:00</v>
       </c>
       <c r="P103" s="32" t="str">
-        <f>'Configuração'!F8</f>
+        <f>'Einstellungen'!F8</f>
         <v>18:00</v>
       </c>
       <c r="S103" s="0">
         <v>0</v>
       </c>
       <c r="T103" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:20">
       <c r="A104" s="11" t="s">
         <v>343</v>
       </c>
       <c r="B104" s="11" t="s">
         <v>272</v>
       </c>
       <c r="C104" s="12">
         <v>1</v>
       </c>
       <c r="D104" s="12">
         <v>1</v>
       </c>
       <c r="E104" s="12">
         <v>0</v>
       </c>
       <c r="F104" s="12">
         <v>0</v>
       </c>
       <c r="G104" s="0"/>
       <c r="K104" s="28">
         <v>69</v>
       </c>
       <c r="L104" s="15" t="str">
         <f>24*(N104-M104+P104-O104)</f>
         <v>0</v>
       </c>
       <c r="M104" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N104" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O104" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P104" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S104" s="0">
         <v>0</v>
       </c>
       <c r="T104" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:20">
       <c r="A105" s="11" t="s">
         <v>331</v>
       </c>
       <c r="B105" s="11" t="s">
         <v>274</v>
       </c>
       <c r="C105" s="12">
         <v>1</v>
       </c>
       <c r="D105" s="12">
         <v>1</v>
       </c>
       <c r="E105" s="12">
         <v>0</v>
       </c>
       <c r="F105" s="12">
         <v>0</v>
       </c>
       <c r="G105" s="0"/>
       <c r="K105" s="28">
         <v>70</v>
       </c>
       <c r="L105" s="15" t="str">
         <f>24*(N105-M105+P105-O105)</f>
         <v>0</v>
       </c>
       <c r="M105" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N105" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O105" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P105" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S105" s="0">
         <v>0</v>
       </c>
       <c r="T105" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:20">
       <c r="A106" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B106" s="11" t="s">
         <v>276</v>
       </c>
       <c r="C106" s="12">
         <v>1</v>
       </c>
       <c r="D106" s="12">
         <v>1</v>
       </c>
       <c r="E106" s="12">
         <v>0</v>
       </c>
       <c r="F106" s="12">
         <v>0</v>
       </c>
       <c r="G106" s="0"/>
       <c r="K106" s="28">
         <v>71</v>
       </c>
       <c r="L106" s="15" t="str">
         <f>24*(N106-M106+P106-O106)</f>
         <v>0</v>
       </c>
       <c r="M106" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N106" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O106" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P106" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S106" s="0">
         <v>0</v>
       </c>
       <c r="T106" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:20" s="17" customFormat="1">
       <c r="A107" s="17" t="s">
         <v>335</v>
       </c>
       <c r="B107" s="17" t="s">
         <v>278</v>
       </c>
       <c r="C107" s="17">
         <v>1</v>
       </c>
       <c r="D107" s="17">
         <v>0</v>
       </c>
       <c r="E107" s="17">
         <v>0</v>
       </c>
@@ -7166,213 +7166,213 @@
       </c>
       <c r="B111" s="11" t="s">
         <v>288</v>
       </c>
       <c r="C111" s="12">
         <v>1</v>
       </c>
       <c r="D111" s="12">
         <v>1</v>
       </c>
       <c r="E111" s="12">
         <v>0</v>
       </c>
       <c r="F111" s="12">
         <v>0</v>
       </c>
       <c r="G111" s="0"/>
       <c r="K111" s="28">
         <v>72</v>
       </c>
       <c r="L111" s="15" t="str">
         <f>24*(N111-M111+P111-O111)</f>
         <v>0</v>
       </c>
       <c r="M111" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N111" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O111" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P111" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S111" s="0">
         <v>0</v>
       </c>
       <c r="T111" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:20">
       <c r="A112" s="11" t="s">
         <v>331</v>
       </c>
       <c r="B112" s="11" t="s">
         <v>290</v>
       </c>
       <c r="C112" s="12">
         <v>1</v>
       </c>
       <c r="D112" s="12">
         <v>1</v>
       </c>
       <c r="E112" s="12">
         <v>0</v>
       </c>
       <c r="F112" s="12">
         <v>0</v>
       </c>
       <c r="G112" s="0"/>
       <c r="K112" s="28">
         <v>73</v>
       </c>
       <c r="L112" s="15" t="str">
         <f>24*(N112-M112+P112-O112)</f>
         <v>0</v>
       </c>
       <c r="M112" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N112" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O112" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P112" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S112" s="0">
         <v>0</v>
       </c>
       <c r="T112" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:20">
       <c r="A113" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B113" s="11" t="s">
         <v>292</v>
       </c>
       <c r="C113" s="12">
         <v>1</v>
       </c>
       <c r="D113" s="12">
         <v>1</v>
       </c>
       <c r="E113" s="12">
         <v>0</v>
       </c>
       <c r="F113" s="12">
         <v>0</v>
       </c>
       <c r="G113" s="0"/>
       <c r="K113" s="28">
         <v>74</v>
       </c>
       <c r="L113" s="15" t="str">
         <f>24*(N113-M113+P113-O113)</f>
         <v>0</v>
       </c>
       <c r="M113" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N113" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O113" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P113" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S113" s="0">
         <v>0</v>
       </c>
       <c r="T113" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:20">
       <c r="A114" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B114" s="11" t="s">
         <v>294</v>
       </c>
       <c r="C114" s="12">
         <v>1</v>
       </c>
       <c r="D114" s="12">
         <v>1</v>
       </c>
       <c r="E114" s="12">
         <v>0</v>
       </c>
       <c r="F114" s="12">
         <v>0</v>
       </c>
       <c r="G114" s="0"/>
       <c r="K114" s="28">
         <v>75</v>
       </c>
       <c r="L114" s="15" t="str">
         <f>24*(N114-M114+P114-O114)</f>
         <v>0</v>
       </c>
       <c r="M114" s="32" t="str">
-        <f>'Configuração'!C12</f>
+        <f>'Einstellungen'!C12</f>
         <v>08:00</v>
       </c>
       <c r="N114" s="32" t="str">
-        <f>'Configuração'!D12</f>
+        <f>'Einstellungen'!D12</f>
         <v>12:00</v>
       </c>
       <c r="O114" s="32" t="str">
-        <f>'Configuração'!E12</f>
+        <f>'Einstellungen'!E12</f>
         <v>14:00</v>
       </c>
       <c r="P114" s="32" t="str">
-        <f>'Configuração'!F12</f>
+        <f>'Einstellungen'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S114" s="0">
         <v>0</v>
       </c>
       <c r="T114" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:20" s="16" customFormat="1">
       <c r="A115" s="16" t="s">
         <v>337</v>
       </c>
       <c r="B115" s="16" t="s">
         <v>296</v>
       </c>
       <c r="C115" s="16">
         <v>1</v>
       </c>
       <c r="D115" s="16">
         <v>0</v>
       </c>
       <c r="E115" s="16">
         <v>1</v>
       </c>
@@ -7430,263 +7430,263 @@
       </c>
       <c r="B117" s="11" t="s">
         <v>300</v>
       </c>
       <c r="C117" s="12">
         <v>1</v>
       </c>
       <c r="D117" s="12">
         <v>1</v>
       </c>
       <c r="E117" s="12">
         <v>0</v>
       </c>
       <c r="F117" s="12">
         <v>0</v>
       </c>
       <c r="G117" s="0"/>
       <c r="K117" s="28">
         <v>76</v>
       </c>
       <c r="L117" s="15" t="str">
         <f>24*(N117-M117+P117-O117)</f>
         <v>0</v>
       </c>
       <c r="M117" s="32" t="str">
-        <f>'Configuração'!C8</f>
+        <f>'Einstellungen'!C8</f>
         <v>08:00</v>
       </c>
       <c r="N117" s="32" t="str">
-        <f>'Configuração'!D8</f>
+        <f>'Einstellungen'!D8</f>
         <v>12:00</v>
       </c>
       <c r="O117" s="32" t="str">
-        <f>'Configuração'!E8</f>
+        <f>'Einstellungen'!E8</f>
         <v>14:00</v>
       </c>
       <c r="P117" s="32" t="str">
-        <f>'Configuração'!F8</f>
+        <f>'Einstellungen'!F8</f>
         <v>18:00</v>
       </c>
       <c r="S117" s="0">
         <v>0</v>
       </c>
       <c r="T117" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:20">
       <c r="A118" s="11" t="s">
         <v>343</v>
       </c>
       <c r="B118" s="11" t="s">
         <v>302</v>
       </c>
       <c r="C118" s="12">
         <v>1</v>
       </c>
       <c r="D118" s="12">
         <v>1</v>
       </c>
       <c r="E118" s="12">
         <v>0</v>
       </c>
       <c r="F118" s="12">
         <v>0</v>
       </c>
       <c r="G118" s="0"/>
       <c r="K118" s="28">
         <v>77</v>
       </c>
       <c r="L118" s="15" t="str">
         <f>24*(N118-M118+P118-O118)</f>
         <v>0</v>
       </c>
       <c r="M118" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N118" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O118" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P118" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S118" s="0">
         <v>0</v>
       </c>
       <c r="T118" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:20">
       <c r="A119" s="11" t="s">
         <v>331</v>
       </c>
       <c r="B119" s="11" t="s">
         <v>304</v>
       </c>
       <c r="C119" s="12">
         <v>1</v>
       </c>
       <c r="D119" s="12">
         <v>1</v>
       </c>
       <c r="E119" s="12">
         <v>0</v>
       </c>
       <c r="F119" s="12">
         <v>0</v>
       </c>
       <c r="G119" s="0"/>
       <c r="K119" s="28">
         <v>78</v>
       </c>
       <c r="L119" s="15" t="str">
         <f>24*(N119-M119+P119-O119)</f>
         <v>0</v>
       </c>
       <c r="M119" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N119" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O119" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P119" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S119" s="0">
         <v>0</v>
       </c>
       <c r="T119" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:20">
       <c r="A120" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B120" s="11" t="s">
         <v>306</v>
       </c>
       <c r="C120" s="12">
         <v>1</v>
       </c>
       <c r="D120" s="12">
         <v>1</v>
       </c>
       <c r="E120" s="12">
         <v>0</v>
       </c>
       <c r="F120" s="12">
         <v>0</v>
       </c>
       <c r="G120" s="0"/>
       <c r="K120" s="28">
         <v>79</v>
       </c>
       <c r="L120" s="15" t="str">
         <f>24*(N120-M120+P120-O120)</f>
         <v>0</v>
       </c>
       <c r="M120" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N120" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O120" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P120" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S120" s="0">
         <v>0</v>
       </c>
       <c r="T120" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:20">
       <c r="A121" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B121" s="11" t="s">
         <v>308</v>
       </c>
       <c r="C121" s="12">
         <v>1</v>
       </c>
       <c r="D121" s="12">
         <v>1</v>
       </c>
       <c r="E121" s="12">
         <v>0</v>
       </c>
       <c r="F121" s="12">
         <v>0</v>
       </c>
       <c r="G121" s="0"/>
       <c r="K121" s="28">
         <v>80</v>
       </c>
       <c r="L121" s="15" t="str">
         <f>24*(N121-M121+P121-O121)</f>
         <v>0</v>
       </c>
       <c r="M121" s="32" t="str">
-        <f>'Configuração'!C12</f>
+        <f>'Einstellungen'!C12</f>
         <v>08:00</v>
       </c>
       <c r="N121" s="32" t="str">
-        <f>'Configuração'!D12</f>
+        <f>'Einstellungen'!D12</f>
         <v>12:00</v>
       </c>
       <c r="O121" s="32" t="str">
-        <f>'Configuração'!E12</f>
+        <f>'Einstellungen'!E12</f>
         <v>14:00</v>
       </c>
       <c r="P121" s="32" t="str">
-        <f>'Configuração'!F12</f>
+        <f>'Einstellungen'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S121" s="0">
         <v>0</v>
       </c>
       <c r="T121" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:20" s="16" customFormat="1">
       <c r="A122" s="16" t="s">
         <v>337</v>
       </c>
       <c r="B122" s="16" t="s">
         <v>310</v>
       </c>
       <c r="C122" s="16">
         <v>1</v>
       </c>
       <c r="D122" s="16">
         <v>0</v>
       </c>
       <c r="E122" s="16">
         <v>1</v>
       </c>
@@ -7744,263 +7744,263 @@
       </c>
       <c r="B124" s="11" t="s">
         <v>314</v>
       </c>
       <c r="C124" s="12">
         <v>1</v>
       </c>
       <c r="D124" s="12">
         <v>1</v>
       </c>
       <c r="E124" s="12">
         <v>0</v>
       </c>
       <c r="F124" s="12">
         <v>0</v>
       </c>
       <c r="G124" s="0"/>
       <c r="K124" s="28">
         <v>81</v>
       </c>
       <c r="L124" s="15" t="str">
         <f>24*(N124-M124+P124-O124)</f>
         <v>0</v>
       </c>
       <c r="M124" s="32" t="str">
-        <f>'Configuração'!C8</f>
+        <f>'Einstellungen'!C8</f>
         <v>08:00</v>
       </c>
       <c r="N124" s="32" t="str">
-        <f>'Configuração'!D8</f>
+        <f>'Einstellungen'!D8</f>
         <v>12:00</v>
       </c>
       <c r="O124" s="32" t="str">
-        <f>'Configuração'!E8</f>
+        <f>'Einstellungen'!E8</f>
         <v>14:00</v>
       </c>
       <c r="P124" s="32" t="str">
-        <f>'Configuração'!F8</f>
+        <f>'Einstellungen'!F8</f>
         <v>18:00</v>
       </c>
       <c r="S124" s="0">
         <v>0</v>
       </c>
       <c r="T124" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:20">
       <c r="A125" s="11" t="s">
         <v>343</v>
       </c>
       <c r="B125" s="11" t="s">
         <v>316</v>
       </c>
       <c r="C125" s="12">
         <v>1</v>
       </c>
       <c r="D125" s="12">
         <v>1</v>
       </c>
       <c r="E125" s="12">
         <v>0</v>
       </c>
       <c r="F125" s="12">
         <v>0</v>
       </c>
       <c r="G125" s="0"/>
       <c r="K125" s="28">
         <v>82</v>
       </c>
       <c r="L125" s="15" t="str">
         <f>24*(N125-M125+P125-O125)</f>
         <v>0</v>
       </c>
       <c r="M125" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N125" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O125" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P125" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S125" s="0">
         <v>0</v>
       </c>
       <c r="T125" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:20">
       <c r="A126" s="11" t="s">
         <v>331</v>
       </c>
       <c r="B126" s="11" t="s">
         <v>318</v>
       </c>
       <c r="C126" s="12">
         <v>1</v>
       </c>
       <c r="D126" s="12">
         <v>1</v>
       </c>
       <c r="E126" s="12">
         <v>0</v>
       </c>
       <c r="F126" s="12">
         <v>0</v>
       </c>
       <c r="G126" s="0"/>
       <c r="K126" s="28">
         <v>83</v>
       </c>
       <c r="L126" s="15" t="str">
         <f>24*(N126-M126+P126-O126)</f>
         <v>0</v>
       </c>
       <c r="M126" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N126" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O126" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P126" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S126" s="0">
         <v>0</v>
       </c>
       <c r="T126" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:20">
       <c r="A127" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B127" s="11" t="s">
         <v>320</v>
       </c>
       <c r="C127" s="12">
         <v>1</v>
       </c>
       <c r="D127" s="12">
         <v>1</v>
       </c>
       <c r="E127" s="12">
         <v>0</v>
       </c>
       <c r="F127" s="12">
         <v>0</v>
       </c>
       <c r="G127" s="0"/>
       <c r="K127" s="28">
         <v>84</v>
       </c>
       <c r="L127" s="15" t="str">
         <f>24*(N127-M127+P127-O127)</f>
         <v>0</v>
       </c>
       <c r="M127" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N127" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O127" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P127" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S127" s="0">
         <v>0</v>
       </c>
       <c r="T127" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:20">
       <c r="A128" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B128" s="11" t="s">
         <v>322</v>
       </c>
       <c r="C128" s="12">
         <v>1</v>
       </c>
       <c r="D128" s="12">
         <v>1</v>
       </c>
       <c r="E128" s="12">
         <v>0</v>
       </c>
       <c r="F128" s="12">
         <v>0</v>
       </c>
       <c r="G128" s="0"/>
       <c r="K128" s="28">
         <v>85</v>
       </c>
       <c r="L128" s="15" t="str">
         <f>24*(N128-M128+P128-O128)</f>
         <v>0</v>
       </c>
       <c r="M128" s="32" t="str">
-        <f>'Configuração'!C12</f>
+        <f>'Einstellungen'!C12</f>
         <v>08:00</v>
       </c>
       <c r="N128" s="32" t="str">
-        <f>'Configuração'!D12</f>
+        <f>'Einstellungen'!D12</f>
         <v>12:00</v>
       </c>
       <c r="O128" s="32" t="str">
-        <f>'Configuração'!E12</f>
+        <f>'Einstellungen'!E12</f>
         <v>14:00</v>
       </c>
       <c r="P128" s="32" t="str">
-        <f>'Configuração'!F12</f>
+        <f>'Einstellungen'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S128" s="0">
         <v>0</v>
       </c>
       <c r="T128" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:20" s="16" customFormat="1">
       <c r="A129" s="16" t="s">
         <v>337</v>
       </c>
       <c r="B129" s="16" t="s">
         <v>324</v>
       </c>
       <c r="C129" s="16">
         <v>1</v>
       </c>
       <c r="D129" s="16">
         <v>0</v>
       </c>
       <c r="E129" s="16">
         <v>1</v>
       </c>
@@ -8058,263 +8058,263 @@
       </c>
       <c r="B131" s="11" t="s">
         <v>328</v>
       </c>
       <c r="C131" s="12">
         <v>1</v>
       </c>
       <c r="D131" s="12">
         <v>1</v>
       </c>
       <c r="E131" s="12">
         <v>0</v>
       </c>
       <c r="F131" s="12">
         <v>0</v>
       </c>
       <c r="G131" s="0"/>
       <c r="K131" s="28">
         <v>86</v>
       </c>
       <c r="L131" s="15" t="str">
         <f>24*(N131-M131+P131-O131)</f>
         <v>0</v>
       </c>
       <c r="M131" s="32" t="str">
-        <f>'Configuração'!C8</f>
+        <f>'Einstellungen'!C8</f>
         <v>08:00</v>
       </c>
       <c r="N131" s="32" t="str">
-        <f>'Configuração'!D8</f>
+        <f>'Einstellungen'!D8</f>
         <v>12:00</v>
       </c>
       <c r="O131" s="32" t="str">
-        <f>'Configuração'!E8</f>
+        <f>'Einstellungen'!E8</f>
         <v>14:00</v>
       </c>
       <c r="P131" s="32" t="str">
-        <f>'Configuração'!F8</f>
+        <f>'Einstellungen'!F8</f>
         <v>18:00</v>
       </c>
       <c r="S131" s="0">
         <v>0</v>
       </c>
       <c r="T131" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:20">
       <c r="A132" s="11" t="s">
         <v>343</v>
       </c>
       <c r="B132" s="11" t="s">
         <v>330</v>
       </c>
       <c r="C132" s="12">
         <v>1</v>
       </c>
       <c r="D132" s="12">
         <v>1</v>
       </c>
       <c r="E132" s="12">
         <v>0</v>
       </c>
       <c r="F132" s="12">
         <v>0</v>
       </c>
       <c r="G132" s="0"/>
       <c r="K132" s="28">
         <v>87</v>
       </c>
       <c r="L132" s="15" t="str">
         <f>24*(N132-M132+P132-O132)</f>
         <v>0</v>
       </c>
       <c r="M132" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N132" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O132" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P132" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S132" s="0">
         <v>0</v>
       </c>
       <c r="T132" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:20">
       <c r="A133" s="11" t="s">
         <v>331</v>
       </c>
       <c r="B133" s="11" t="s">
         <v>332</v>
       </c>
       <c r="C133" s="12">
         <v>1</v>
       </c>
       <c r="D133" s="12">
         <v>1</v>
       </c>
       <c r="E133" s="12">
         <v>0</v>
       </c>
       <c r="F133" s="12">
         <v>0</v>
       </c>
       <c r="G133" s="0"/>
       <c r="K133" s="28">
         <v>88</v>
       </c>
       <c r="L133" s="15" t="str">
         <f>24*(N133-M133+P133-O133)</f>
         <v>0</v>
       </c>
       <c r="M133" s="32" t="str">
-        <f>'Configuração'!C10</f>
+        <f>'Einstellungen'!C10</f>
         <v>08:00</v>
       </c>
       <c r="N133" s="32" t="str">
-        <f>'Configuração'!D10</f>
+        <f>'Einstellungen'!D10</f>
         <v>12:00</v>
       </c>
       <c r="O133" s="32" t="str">
-        <f>'Configuração'!E10</f>
+        <f>'Einstellungen'!E10</f>
         <v>14:00</v>
       </c>
       <c r="P133" s="32" t="str">
-        <f>'Configuração'!F10</f>
+        <f>'Einstellungen'!F10</f>
         <v>18:00</v>
       </c>
       <c r="S133" s="0">
         <v>0</v>
       </c>
       <c r="T133" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:20">
       <c r="A134" s="11" t="s">
         <v>333</v>
       </c>
       <c r="B134" s="11" t="s">
         <v>334</v>
       </c>
       <c r="C134" s="12">
         <v>1</v>
       </c>
       <c r="D134" s="12">
         <v>1</v>
       </c>
       <c r="E134" s="12">
         <v>0</v>
       </c>
       <c r="F134" s="12">
         <v>0</v>
       </c>
       <c r="G134" s="0"/>
       <c r="K134" s="28">
         <v>89</v>
       </c>
       <c r="L134" s="15" t="str">
         <f>24*(N134-M134+P134-O134)</f>
         <v>0</v>
       </c>
       <c r="M134" s="32" t="str">
-        <f>'Configuração'!C11</f>
+        <f>'Einstellungen'!C11</f>
         <v>08:00</v>
       </c>
       <c r="N134" s="32" t="str">
-        <f>'Configuração'!D11</f>
+        <f>'Einstellungen'!D11</f>
         <v>12:00</v>
       </c>
       <c r="O134" s="32" t="str">
-        <f>'Configuração'!E11</f>
+        <f>'Einstellungen'!E11</f>
         <v>14:00</v>
       </c>
       <c r="P134" s="32" t="str">
-        <f>'Configuração'!F11</f>
+        <f>'Einstellungen'!F11</f>
         <v>18:00</v>
       </c>
       <c r="S134" s="0">
         <v>0</v>
       </c>
       <c r="T134" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:20">
       <c r="A135" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B135" s="11" t="s">
         <v>336</v>
       </c>
       <c r="C135" s="12">
         <v>1</v>
       </c>
       <c r="D135" s="12">
         <v>1</v>
       </c>
       <c r="E135" s="12">
         <v>0</v>
       </c>
       <c r="F135" s="12">
         <v>0</v>
       </c>
       <c r="G135" s="0"/>
       <c r="K135" s="28">
         <v>90</v>
       </c>
       <c r="L135" s="15" t="str">
         <f>24*(N135-M135+P135-O135)</f>
         <v>0</v>
       </c>
       <c r="M135" s="32" t="str">
-        <f>'Configuração'!C12</f>
+        <f>'Einstellungen'!C12</f>
         <v>08:00</v>
       </c>
       <c r="N135" s="32" t="str">
-        <f>'Configuração'!D12</f>
+        <f>'Einstellungen'!D12</f>
         <v>12:00</v>
       </c>
       <c r="O135" s="32" t="str">
-        <f>'Configuração'!E12</f>
+        <f>'Einstellungen'!E12</f>
         <v>14:00</v>
       </c>
       <c r="P135" s="32" t="str">
-        <f>'Configuração'!F12</f>
+        <f>'Einstellungen'!F12</f>
         <v>18:00</v>
       </c>
       <c r="S135" s="0">
         <v>0</v>
       </c>
       <c r="T135" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:20" s="16" customFormat="1">
       <c r="A136" s="16" t="s">
         <v>337</v>
       </c>
       <c r="B136" s="16" t="s">
         <v>338</v>
       </c>
       <c r="C136" s="16">
         <v>1</v>
       </c>
       <c r="D136" s="16">
         <v>0</v>
       </c>
       <c r="E136" s="16">
         <v>1</v>
       </c>
@@ -8372,113 +8372,113 @@
       </c>
       <c r="B138" s="11" t="s">
         <v>342</v>
       </c>
       <c r="C138" s="12">
         <v>1</v>
       </c>
       <c r="D138" s="12">
         <v>1</v>
       </c>
       <c r="E138" s="12">
         <v>0</v>
       </c>
       <c r="F138" s="12">
         <v>0</v>
       </c>
       <c r="G138" s="0"/>
       <c r="K138" s="28">
         <v>91</v>
       </c>
       <c r="L138" s="15" t="str">
         <f>24*(N138-M138+P138-O138)</f>
         <v>0</v>
       </c>
       <c r="M138" s="32" t="str">
-        <f>'Configuração'!C8</f>
+        <f>'Einstellungen'!C8</f>
         <v>08:00</v>
       </c>
       <c r="N138" s="32" t="str">
-        <f>'Configuração'!D8</f>
+        <f>'Einstellungen'!D8</f>
         <v>12:00</v>
       </c>
       <c r="O138" s="32" t="str">
-        <f>'Configuração'!E8</f>
+        <f>'Einstellungen'!E8</f>
         <v>14:00</v>
       </c>
       <c r="P138" s="32" t="str">
-        <f>'Configuração'!F8</f>
+        <f>'Einstellungen'!F8</f>
         <v>18:00</v>
       </c>
       <c r="S138" s="0">
         <v>0</v>
       </c>
       <c r="T138" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:20">
       <c r="A139" s="11" t="s">
         <v>343</v>
       </c>
       <c r="B139" s="11" t="s">
         <v>344</v>
       </c>
       <c r="C139" s="12">
         <v>1</v>
       </c>
       <c r="D139" s="12">
         <v>1</v>
       </c>
       <c r="E139" s="12">
         <v>0</v>
       </c>
       <c r="F139" s="12">
         <v>0</v>
       </c>
       <c r="G139" s="0"/>
       <c r="K139" s="28">
         <v>92</v>
       </c>
       <c r="L139" s="15" t="str">
         <f>24*(N139-M139+P139-O139)</f>
         <v>0</v>
       </c>
       <c r="M139" s="32" t="str">
-        <f>'Configuração'!C9</f>
+        <f>'Einstellungen'!C9</f>
         <v>08:00</v>
       </c>
       <c r="N139" s="32" t="str">
-        <f>'Configuração'!D9</f>
+        <f>'Einstellungen'!D9</f>
         <v>12:00</v>
       </c>
       <c r="O139" s="32" t="str">
-        <f>'Configuração'!E9</f>
+        <f>'Einstellungen'!E9</f>
         <v>14:00</v>
       </c>
       <c r="P139" s="32" t="str">
-        <f>'Configuração'!F9</f>
+        <f>'Einstellungen'!F9</f>
         <v>18:00</v>
       </c>
       <c r="S139" s="0">
         <v>0</v>
       </c>
       <c r="T139" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:20">
       <c r="A140" s="22" t="s">
         <v>396</v>
       </c>
       <c r="B140" s="23"/>
       <c r="C140" s="24">
         <f>SUM(C2:C139)</f>
         <v>138</v>
       </c>
       <c r="D140" s="24">
         <f>SUM(D2:D139)</f>
         <v>92</v>
       </c>
       <c r="E140" s="24">
         <f>SUM(E2:E139)</f>
         <v>40</v>
@@ -8572,651 +8572,651 @@
       <c r="B1" s="7" t="s">
         <v>390</v>
       </c>
       <c r="C1" s="7" t="s">
         <v>391</v>
       </c>
       <c r="D1" s="7" t="s">
         <v>392</v>
       </c>
       <c r="E1" s="7" t="s">
         <v>393</v>
       </c>
       <c r="F1" s="7" t="s">
         <v>394</v>
       </c>
       <c r="G1" s="7" t="s">
         <v>395</v>
       </c>
       <c r="H1" s="14"/>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="0" t="s">
         <v>354</v>
       </c>
       <c r="B2" s="0">
-        <f>SUM(Dias!C2:C4)</f>
+        <f>SUM(Tage!C2:C4)</f>
         <v>3</v>
       </c>
       <c r="C2" s="0">
-        <f>SUM(Dias!D2:D4)</f>
+        <f>SUM(Tage!D2:D4)</f>
         <v>1</v>
       </c>
       <c r="D2" s="16">
-        <f>SUM(Dias!E2:E4)</f>
+        <f>SUM(Tage!E2:E4)</f>
         <v>2</v>
       </c>
       <c r="E2" s="17">
-        <f>SUM(Dias!F2:F4)</f>
+        <f>SUM(Tage!F2:F4)</f>
         <v>0</v>
       </c>
       <c r="F2" s="0">
-        <f>SUM(Dias!H2:H4)</f>
+        <f>SUM(Tage!H2:H4)</f>
         <v>0</v>
       </c>
       <c r="G2" s="0">
-        <f>SUM(Dias!L2:L4)</f>
+        <f>SUM(Tage!L2:L4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="0" t="s">
         <v>355</v>
       </c>
       <c r="B3" s="0">
-        <f>SUM(Dias!C5:C11)</f>
+        <f>SUM(Tage!C5:C11)</f>
         <v>7</v>
       </c>
       <c r="C3" s="0">
-        <f>SUM(Dias!D5:D11)</f>
+        <f>SUM(Tage!D5:D11)</f>
         <v>5</v>
       </c>
       <c r="D3" s="16">
-        <f>SUM(Dias!E5:E11)</f>
+        <f>SUM(Tage!E5:E11)</f>
         <v>2</v>
       </c>
       <c r="E3" s="17">
-        <f>SUM(Dias!F5:F11)</f>
+        <f>SUM(Tage!F5:F11)</f>
         <v>0</v>
       </c>
       <c r="F3" s="0">
-        <f>SUM(Dias!H5:H11)</f>
+        <f>SUM(Tage!H5:H11)</f>
         <v>0</v>
       </c>
       <c r="G3" s="0">
-        <f>SUM(Dias!L5:L11)</f>
+        <f>SUM(Tage!L5:L11)</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="0" t="s">
         <v>356</v>
       </c>
       <c r="B4" s="0">
-        <f>SUM(Dias!C12:C18)</f>
+        <f>SUM(Tage!C12:C18)</f>
         <v>7</v>
       </c>
       <c r="C4" s="0">
-        <f>SUM(Dias!D12:D18)</f>
+        <f>SUM(Tage!D12:D18)</f>
         <v>3</v>
       </c>
       <c r="D4" s="16">
-        <f>SUM(Dias!E12:E18)</f>
+        <f>SUM(Tage!E12:E18)</f>
         <v>2</v>
       </c>
       <c r="E4" s="17">
-        <f>SUM(Dias!F12:F18)</f>
+        <f>SUM(Tage!F12:F18)</f>
         <v>2</v>
       </c>
       <c r="F4" s="0">
-        <f>SUM(Dias!H12:H18)</f>
+        <f>SUM(Tage!H12:H18)</f>
         <v>0</v>
       </c>
       <c r="G4" s="0">
-        <f>SUM(Dias!L12:L18)</f>
+        <f>SUM(Tage!L12:L18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="0" t="s">
         <v>357</v>
       </c>
       <c r="B5" s="0">
-        <f>SUM(Dias!C19:C25)</f>
+        <f>SUM(Tage!C19:C25)</f>
         <v>7</v>
       </c>
       <c r="C5" s="0">
-        <f>SUM(Dias!D19:D25)</f>
+        <f>SUM(Tage!D19:D25)</f>
         <v>4</v>
       </c>
       <c r="D5" s="16">
-        <f>SUM(Dias!E19:E25)</f>
+        <f>SUM(Tage!E19:E25)</f>
         <v>2</v>
       </c>
       <c r="E5" s="17">
-        <f>SUM(Dias!F19:F25)</f>
+        <f>SUM(Tage!F19:F25)</f>
         <v>1</v>
       </c>
       <c r="F5" s="0">
-        <f>SUM(Dias!H19:H25)</f>
+        <f>SUM(Tage!H19:H25)</f>
         <v>0</v>
       </c>
       <c r="G5" s="0">
-        <f>SUM(Dias!L19:L25)</f>
+        <f>SUM(Tage!L19:L25)</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="0" t="s">
         <v>358</v>
       </c>
       <c r="B6" s="0">
-        <f>SUM(Dias!C26:C32)</f>
+        <f>SUM(Tage!C26:C32)</f>
         <v>7</v>
       </c>
       <c r="C6" s="0">
-        <f>SUM(Dias!D26:D32)</f>
+        <f>SUM(Tage!D26:D32)</f>
         <v>5</v>
       </c>
       <c r="D6" s="16">
-        <f>SUM(Dias!E26:E32)</f>
+        <f>SUM(Tage!E26:E32)</f>
         <v>2</v>
       </c>
       <c r="E6" s="17">
-        <f>SUM(Dias!F26:F32)</f>
+        <f>SUM(Tage!F26:F32)</f>
         <v>0</v>
       </c>
       <c r="F6" s="0">
-        <f>SUM(Dias!H26:H32)</f>
+        <f>SUM(Tage!H26:H32)</f>
         <v>0</v>
       </c>
       <c r="G6" s="0">
-        <f>SUM(Dias!L26:L32)</f>
+        <f>SUM(Tage!L26:L32)</f>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="0" t="s">
         <v>359</v>
       </c>
       <c r="B7" s="0">
-        <f>SUM(Dias!C33:C39)</f>
+        <f>SUM(Tage!C33:C39)</f>
         <v>7</v>
       </c>
       <c r="C7" s="0">
-        <f>SUM(Dias!D33:D39)</f>
+        <f>SUM(Tage!D33:D39)</f>
         <v>5</v>
       </c>
       <c r="D7" s="16">
-        <f>SUM(Dias!E33:E39)</f>
+        <f>SUM(Tage!E33:E39)</f>
         <v>2</v>
       </c>
       <c r="E7" s="17">
-        <f>SUM(Dias!F33:F39)</f>
+        <f>SUM(Tage!F33:F39)</f>
         <v>0</v>
       </c>
       <c r="F7" s="0">
-        <f>SUM(Dias!H33:H39)</f>
+        <f>SUM(Tage!H33:H39)</f>
         <v>0</v>
       </c>
       <c r="G7" s="0">
-        <f>SUM(Dias!L33:L39)</f>
+        <f>SUM(Tage!L33:L39)</f>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B8" s="0">
-        <f>SUM(Dias!C40:C46)</f>
+        <f>SUM(Tage!C40:C46)</f>
         <v>7</v>
       </c>
       <c r="C8" s="0">
-        <f>SUM(Dias!D40:D46)</f>
+        <f>SUM(Tage!D40:D46)</f>
         <v>5</v>
       </c>
       <c r="D8" s="16">
-        <f>SUM(Dias!E40:E46)</f>
+        <f>SUM(Tage!E40:E46)</f>
         <v>2</v>
       </c>
       <c r="E8" s="17">
-        <f>SUM(Dias!F40:F46)</f>
+        <f>SUM(Tage!F40:F46)</f>
         <v>0</v>
       </c>
       <c r="F8" s="0">
-        <f>SUM(Dias!H40:H46)</f>
+        <f>SUM(Tage!H40:H46)</f>
         <v>0</v>
       </c>
       <c r="G8" s="0">
-        <f>SUM(Dias!L40:L46)</f>
+        <f>SUM(Tage!L40:L46)</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="0" t="s">
         <v>361</v>
       </c>
       <c r="B9" s="0">
-        <f>SUM(Dias!C47:C53)</f>
+        <f>SUM(Tage!C47:C53)</f>
         <v>7</v>
       </c>
       <c r="C9" s="0">
-        <f>SUM(Dias!D47:D53)</f>
+        <f>SUM(Tage!D47:D53)</f>
         <v>5</v>
       </c>
       <c r="D9" s="16">
-        <f>SUM(Dias!E47:E53)</f>
+        <f>SUM(Tage!E47:E53)</f>
         <v>2</v>
       </c>
       <c r="E9" s="17">
-        <f>SUM(Dias!F47:F53)</f>
+        <f>SUM(Tage!F47:F53)</f>
         <v>0</v>
       </c>
       <c r="F9" s="0">
-        <f>SUM(Dias!H47:H53)</f>
+        <f>SUM(Tage!H47:H53)</f>
         <v>0</v>
       </c>
       <c r="G9" s="0">
-        <f>SUM(Dias!L47:L53)</f>
+        <f>SUM(Tage!L47:L53)</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="0" t="s">
         <v>362</v>
       </c>
       <c r="B10" s="0">
-        <f>SUM(Dias!C54:C60)</f>
+        <f>SUM(Tage!C54:C60)</f>
         <v>7</v>
       </c>
       <c r="C10" s="0">
-        <f>SUM(Dias!D54:D60)</f>
+        <f>SUM(Tage!D54:D60)</f>
         <v>5</v>
       </c>
       <c r="D10" s="16">
-        <f>SUM(Dias!E54:E60)</f>
+        <f>SUM(Tage!E54:E60)</f>
         <v>2</v>
       </c>
       <c r="E10" s="17">
-        <f>SUM(Dias!F54:F60)</f>
+        <f>SUM(Tage!F54:F60)</f>
         <v>0</v>
       </c>
       <c r="F10" s="0">
-        <f>SUM(Dias!H54:H60)</f>
+        <f>SUM(Tage!H54:H60)</f>
         <v>0</v>
       </c>
       <c r="G10" s="0">
-        <f>SUM(Dias!L54:L60)</f>
+        <f>SUM(Tage!L54:L60)</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="0" t="s">
         <v>363</v>
       </c>
       <c r="B11" s="0">
-        <f>SUM(Dias!C61:C67)</f>
+        <f>SUM(Tage!C61:C67)</f>
         <v>7</v>
       </c>
       <c r="C11" s="0">
-        <f>SUM(Dias!D61:D67)</f>
+        <f>SUM(Tage!D61:D67)</f>
         <v>5</v>
       </c>
       <c r="D11" s="16">
-        <f>SUM(Dias!E61:E67)</f>
+        <f>SUM(Tage!E61:E67)</f>
         <v>2</v>
       </c>
       <c r="E11" s="17">
-        <f>SUM(Dias!F61:F67)</f>
+        <f>SUM(Tage!F61:F67)</f>
         <v>0</v>
       </c>
       <c r="F11" s="0">
-        <f>SUM(Dias!H61:H67)</f>
+        <f>SUM(Tage!H61:H67)</f>
         <v>0</v>
       </c>
       <c r="G11" s="0">
-        <f>SUM(Dias!L61:L67)</f>
+        <f>SUM(Tage!L61:L67)</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B12" s="0">
-        <f>SUM(Dias!C68:C74)</f>
+        <f>SUM(Tage!C68:C74)</f>
         <v>7</v>
       </c>
       <c r="C12" s="0">
-        <f>SUM(Dias!D68:D74)</f>
+        <f>SUM(Tage!D68:D74)</f>
         <v>5</v>
       </c>
       <c r="D12" s="16">
-        <f>SUM(Dias!E68:E74)</f>
+        <f>SUM(Tage!E68:E74)</f>
         <v>2</v>
       </c>
       <c r="E12" s="17">
-        <f>SUM(Dias!F68:F74)</f>
+        <f>SUM(Tage!F68:F74)</f>
         <v>0</v>
       </c>
       <c r="F12" s="0">
-        <f>SUM(Dias!H68:H74)</f>
+        <f>SUM(Tage!H68:H74)</f>
         <v>0</v>
       </c>
       <c r="G12" s="0">
-        <f>SUM(Dias!L68:L74)</f>
+        <f>SUM(Tage!L68:L74)</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B13" s="0">
-        <f>SUM(Dias!C75:C81)</f>
+        <f>SUM(Tage!C75:C81)</f>
         <v>7</v>
       </c>
       <c r="C13" s="0">
-        <f>SUM(Dias!D75:D81)</f>
+        <f>SUM(Tage!D75:D81)</f>
         <v>5</v>
       </c>
       <c r="D13" s="16">
-        <f>SUM(Dias!E75:E81)</f>
+        <f>SUM(Tage!E75:E81)</f>
         <v>2</v>
       </c>
       <c r="E13" s="17">
-        <f>SUM(Dias!F75:F81)</f>
+        <f>SUM(Tage!F75:F81)</f>
         <v>0</v>
       </c>
       <c r="F13" s="0">
-        <f>SUM(Dias!H75:H81)</f>
+        <f>SUM(Tage!H75:H81)</f>
         <v>0</v>
       </c>
       <c r="G13" s="0">
-        <f>SUM(Dias!L75:L81)</f>
+        <f>SUM(Tage!L75:L81)</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="0" t="s">
         <v>366</v>
       </c>
       <c r="B14" s="0">
-        <f>SUM(Dias!C82:C88)</f>
+        <f>SUM(Tage!C82:C88)</f>
         <v>7</v>
       </c>
       <c r="C14" s="0">
-        <f>SUM(Dias!D82:D88)</f>
+        <f>SUM(Tage!D82:D88)</f>
         <v>4</v>
       </c>
       <c r="D14" s="16">
-        <f>SUM(Dias!E82:E88)</f>
+        <f>SUM(Tage!E82:E88)</f>
         <v>2</v>
       </c>
       <c r="E14" s="17">
-        <f>SUM(Dias!F82:F88)</f>
+        <f>SUM(Tage!F82:F88)</f>
         <v>1</v>
       </c>
       <c r="F14" s="0">
-        <f>SUM(Dias!H82:H88)</f>
+        <f>SUM(Tage!H82:H88)</f>
         <v>0</v>
       </c>
       <c r="G14" s="0">
-        <f>SUM(Dias!L82:L88)</f>
+        <f>SUM(Tage!L82:L88)</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="0" t="s">
         <v>367</v>
       </c>
       <c r="B15" s="0">
-        <f>SUM(Dias!C89:C95)</f>
+        <f>SUM(Tage!C89:C95)</f>
         <v>7</v>
       </c>
       <c r="C15" s="0">
-        <f>SUM(Dias!D89:D95)</f>
+        <f>SUM(Tage!D89:D95)</f>
         <v>5</v>
       </c>
       <c r="D15" s="16">
-        <f>SUM(Dias!E89:E95)</f>
+        <f>SUM(Tage!E89:E95)</f>
         <v>2</v>
       </c>
       <c r="E15" s="17">
-        <f>SUM(Dias!F89:F95)</f>
+        <f>SUM(Tage!F89:F95)</f>
         <v>0</v>
       </c>
       <c r="F15" s="0">
-        <f>SUM(Dias!H89:H95)</f>
+        <f>SUM(Tage!H89:H95)</f>
         <v>0</v>
       </c>
       <c r="G15" s="0">
-        <f>SUM(Dias!L89:L95)</f>
+        <f>SUM(Tage!L89:L95)</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="0" t="s">
         <v>368</v>
       </c>
       <c r="B16" s="0">
-        <f>SUM(Dias!C96:C102)</f>
+        <f>SUM(Tage!C96:C102)</f>
         <v>7</v>
       </c>
       <c r="C16" s="0">
-        <f>SUM(Dias!D96:D102)</f>
+        <f>SUM(Tage!D96:D102)</f>
         <v>5</v>
       </c>
       <c r="D16" s="16">
-        <f>SUM(Dias!E96:E102)</f>
+        <f>SUM(Tage!E96:E102)</f>
         <v>2</v>
       </c>
       <c r="E16" s="17">
-        <f>SUM(Dias!F96:F102)</f>
+        <f>SUM(Tage!F96:F102)</f>
         <v>0</v>
       </c>
       <c r="F16" s="0">
-        <f>SUM(Dias!H96:H102)</f>
+        <f>SUM(Tage!H96:H102)</f>
         <v>0</v>
       </c>
       <c r="G16" s="0">
-        <f>SUM(Dias!L96:L102)</f>
+        <f>SUM(Tage!L96:L102)</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="0" t="s">
         <v>369</v>
       </c>
       <c r="B17" s="0">
-        <f>SUM(Dias!C103:C109)</f>
+        <f>SUM(Tage!C103:C109)</f>
         <v>7</v>
       </c>
       <c r="C17" s="0">
-        <f>SUM(Dias!D103:D109)</f>
+        <f>SUM(Tage!D103:D109)</f>
         <v>4</v>
       </c>
       <c r="D17" s="16">
-        <f>SUM(Dias!E103:E109)</f>
+        <f>SUM(Tage!E103:E109)</f>
         <v>2</v>
       </c>
       <c r="E17" s="17">
-        <f>SUM(Dias!F103:F109)</f>
+        <f>SUM(Tage!F103:F109)</f>
         <v>1</v>
       </c>
       <c r="F17" s="0">
-        <f>SUM(Dias!H103:H109)</f>
+        <f>SUM(Tage!H103:H109)</f>
         <v>0</v>
       </c>
       <c r="G17" s="0">
-        <f>SUM(Dias!L103:L109)</f>
+        <f>SUM(Tage!L103:L109)</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B18" s="0">
-        <f>SUM(Dias!C110:C116)</f>
+        <f>SUM(Tage!C110:C116)</f>
         <v>7</v>
       </c>
       <c r="C18" s="0">
-        <f>SUM(Dias!D110:D116)</f>
+        <f>SUM(Tage!D110:D116)</f>
         <v>4</v>
       </c>
       <c r="D18" s="16">
-        <f>SUM(Dias!E110:E116)</f>
+        <f>SUM(Tage!E110:E116)</f>
         <v>2</v>
       </c>
       <c r="E18" s="17">
-        <f>SUM(Dias!F110:F116)</f>
+        <f>SUM(Tage!F110:F116)</f>
         <v>1</v>
       </c>
       <c r="F18" s="0">
-        <f>SUM(Dias!H110:H116)</f>
+        <f>SUM(Tage!H110:H116)</f>
         <v>0</v>
       </c>
       <c r="G18" s="0">
-        <f>SUM(Dias!L110:L116)</f>
+        <f>SUM(Tage!L110:L116)</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="0" t="s">
         <v>371</v>
       </c>
       <c r="B19" s="0">
-        <f>SUM(Dias!C117:C123)</f>
+        <f>SUM(Tage!C117:C123)</f>
         <v>7</v>
       </c>
       <c r="C19" s="0">
-        <f>SUM(Dias!D117:D123)</f>
+        <f>SUM(Tage!D117:D123)</f>
         <v>5</v>
       </c>
       <c r="D19" s="16">
-        <f>SUM(Dias!E117:E123)</f>
+        <f>SUM(Tage!E117:E123)</f>
         <v>2</v>
       </c>
       <c r="E19" s="17">
-        <f>SUM(Dias!F117:F123)</f>
+        <f>SUM(Tage!F117:F123)</f>
         <v>0</v>
       </c>
       <c r="F19" s="0">
-        <f>SUM(Dias!H117:H123)</f>
+        <f>SUM(Tage!H117:H123)</f>
         <v>0</v>
       </c>
       <c r="G19" s="0">
-        <f>SUM(Dias!L117:L123)</f>
+        <f>SUM(Tage!L117:L123)</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="0" t="s">
         <v>372</v>
       </c>
       <c r="B20" s="0">
-        <f>SUM(Dias!C124:C130)</f>
+        <f>SUM(Tage!C124:C130)</f>
         <v>7</v>
       </c>
       <c r="C20" s="0">
-        <f>SUM(Dias!D124:D130)</f>
+        <f>SUM(Tage!D124:D130)</f>
         <v>5</v>
       </c>
       <c r="D20" s="16">
-        <f>SUM(Dias!E124:E130)</f>
+        <f>SUM(Tage!E124:E130)</f>
         <v>2</v>
       </c>
       <c r="E20" s="17">
-        <f>SUM(Dias!F124:F130)</f>
+        <f>SUM(Tage!F124:F130)</f>
         <v>0</v>
       </c>
       <c r="F20" s="0">
-        <f>SUM(Dias!H124:H130)</f>
+        <f>SUM(Tage!H124:H130)</f>
         <v>0</v>
       </c>
       <c r="G20" s="0">
-        <f>SUM(Dias!L124:L130)</f>
+        <f>SUM(Tage!L124:L130)</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="0" t="s">
         <v>373</v>
       </c>
       <c r="B21" s="0">
-        <f>SUM(Dias!C131:C137)</f>
+        <f>SUM(Tage!C131:C137)</f>
         <v>7</v>
       </c>
       <c r="C21" s="0">
-        <f>SUM(Dias!D131:D137)</f>
+        <f>SUM(Tage!D131:D137)</f>
         <v>5</v>
       </c>
       <c r="D21" s="16">
-        <f>SUM(Dias!E131:E137)</f>
+        <f>SUM(Tage!E131:E137)</f>
         <v>2</v>
       </c>
       <c r="E21" s="17">
-        <f>SUM(Dias!F131:F137)</f>
+        <f>SUM(Tage!F131:F137)</f>
         <v>0</v>
       </c>
       <c r="F21" s="0">
-        <f>SUM(Dias!H131:H137)</f>
+        <f>SUM(Tage!H131:H137)</f>
         <v>0</v>
       </c>
       <c r="G21" s="0">
-        <f>SUM(Dias!L131:L137)</f>
+        <f>SUM(Tage!L131:L137)</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="0" t="s">
         <v>374</v>
       </c>
       <c r="B22" s="0">
-        <f>SUM(Dias!C138:C139)</f>
+        <f>SUM(Tage!C138:C139)</f>
         <v>2</v>
       </c>
       <c r="C22" s="0">
-        <f>SUM(Dias!D138:D139)</f>
+        <f>SUM(Tage!D138:D139)</f>
         <v>2</v>
       </c>
       <c r="D22" s="16">
-        <f>SUM(Dias!E138:E139)</f>
+        <f>SUM(Tage!E138:E139)</f>
         <v>0</v>
       </c>
       <c r="E22" s="17">
-        <f>SUM(Dias!F138:F139)</f>
+        <f>SUM(Tage!F138:F139)</f>
         <v>0</v>
       </c>
       <c r="F22" s="0">
-        <f>SUM(Dias!H138:H139)</f>
+        <f>SUM(Tage!H138:H139)</f>
         <v>0</v>
       </c>
       <c r="G22" s="0">
-        <f>SUM(Dias!L138:L139)</f>
+        <f>SUM(Tage!L138:L139)</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="19" t="s">
         <v>396</v>
       </c>
       <c r="B23" s="20">
         <f>SUM(B2:B22)</f>
         <v>138</v>
       </c>
       <c r="C23" s="20">
         <f>SUM(C2:C22)</f>
         <v>92</v>
       </c>
       <c r="D23" s="20">
         <f>SUM(D2:D22)</f>
         <v>40</v>
       </c>
       <c r="E23" s="20">
         <f>SUM(E2:E22)</f>
         <v>6</v>
       </c>
       <c r="F23" s="20">
         <f>SUM(F2:F22)</f>
@@ -9276,187 +9276,187 @@
       <c r="B1" s="7" t="s">
         <v>390</v>
       </c>
       <c r="C1" s="7" t="s">
         <v>391</v>
       </c>
       <c r="D1" s="7" t="s">
         <v>392</v>
       </c>
       <c r="E1" s="7" t="s">
         <v>393</v>
       </c>
       <c r="F1" s="7" t="s">
         <v>394</v>
       </c>
       <c r="G1" s="7" t="s">
         <v>395</v>
       </c>
       <c r="H1" s="14"/>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="0" t="s">
         <v>383</v>
       </c>
       <c r="B2" s="0">
-        <f>SUM(Dias!C2:C18)</f>
+        <f>SUM(Tage!C2:C18)</f>
         <v>17</v>
       </c>
       <c r="C2" s="0">
-        <f>SUM(Dias!D2:D18)</f>
+        <f>SUM(Tage!D2:D18)</f>
         <v>9</v>
       </c>
       <c r="D2" s="16">
-        <f>SUM(Dias!E2:E18)</f>
+        <f>SUM(Tage!E2:E18)</f>
         <v>6</v>
       </c>
       <c r="E2" s="17">
-        <f>SUM(Dias!F2:F18)</f>
+        <f>SUM(Tage!F2:F18)</f>
         <v>2</v>
       </c>
       <c r="F2" s="0">
-        <f>SUM(Dias!H2:H18)</f>
+        <f>SUM(Tage!H2:H18)</f>
         <v>0</v>
       </c>
       <c r="G2" s="0">
-        <f>SUM(Dias!L2:L18)</f>
+        <f>SUM(Tage!L2:L18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="0" t="s">
         <v>384</v>
       </c>
       <c r="B3" s="0">
-        <f>SUM(Dias!C19:C49)</f>
+        <f>SUM(Tage!C19:C49)</f>
         <v>31</v>
       </c>
       <c r="C3" s="0">
-        <f>SUM(Dias!D19:D49)</f>
+        <f>SUM(Tage!D19:D49)</f>
         <v>22</v>
       </c>
       <c r="D3" s="16">
-        <f>SUM(Dias!E19:E49)</f>
+        <f>SUM(Tage!E19:E49)</f>
         <v>8</v>
       </c>
       <c r="E3" s="17">
-        <f>SUM(Dias!F19:F49)</f>
+        <f>SUM(Tage!F19:F49)</f>
         <v>1</v>
       </c>
       <c r="F3" s="0">
-        <f>SUM(Dias!H19:H49)</f>
+        <f>SUM(Tage!H19:H49)</f>
         <v>0</v>
       </c>
       <c r="G3" s="0">
-        <f>SUM(Dias!L19:L49)</f>
+        <f>SUM(Tage!L19:L49)</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="0" t="s">
         <v>385</v>
       </c>
       <c r="B4" s="0">
-        <f>SUM(Dias!C50:C78)</f>
+        <f>SUM(Tage!C50:C78)</f>
         <v>29</v>
       </c>
       <c r="C4" s="0">
-        <f>SUM(Dias!D50:D78)</f>
+        <f>SUM(Tage!D50:D78)</f>
         <v>21</v>
       </c>
       <c r="D4" s="16">
-        <f>SUM(Dias!E50:E78)</f>
+        <f>SUM(Tage!E50:E78)</f>
         <v>8</v>
       </c>
       <c r="E4" s="17">
-        <f>SUM(Dias!F50:F78)</f>
+        <f>SUM(Tage!F50:F78)</f>
         <v>0</v>
       </c>
       <c r="F4" s="0">
-        <f>SUM(Dias!H50:H78)</f>
+        <f>SUM(Tage!H50:H78)</f>
         <v>0</v>
       </c>
       <c r="G4" s="0">
-        <f>SUM(Dias!L50:L78)</f>
+        <f>SUM(Tage!L50:L78)</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="0" t="s">
         <v>386</v>
       </c>
       <c r="B5" s="0">
-        <f>SUM(Dias!C79:C109)</f>
+        <f>SUM(Tage!C79:C109)</f>
         <v>31</v>
       </c>
       <c r="C5" s="0">
-        <f>SUM(Dias!D79:D109)</f>
+        <f>SUM(Tage!D79:D109)</f>
         <v>19</v>
       </c>
       <c r="D5" s="16">
-        <f>SUM(Dias!E79:E109)</f>
+        <f>SUM(Tage!E79:E109)</f>
         <v>10</v>
       </c>
       <c r="E5" s="17">
-        <f>SUM(Dias!F79:F109)</f>
+        <f>SUM(Tage!F79:F109)</f>
         <v>2</v>
       </c>
       <c r="F5" s="0">
-        <f>SUM(Dias!H79:H109)</f>
+        <f>SUM(Tage!H79:H109)</f>
         <v>0</v>
       </c>
       <c r="G5" s="0">
-        <f>SUM(Dias!L79:L109)</f>
+        <f>SUM(Tage!L79:L109)</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="0" t="s">
         <v>387</v>
       </c>
       <c r="B6" s="0">
-        <f>SUM(Dias!C110:C139)</f>
+        <f>SUM(Tage!C110:C139)</f>
         <v>30</v>
       </c>
       <c r="C6" s="0">
-        <f>SUM(Dias!D110:D139)</f>
+        <f>SUM(Tage!D110:D139)</f>
         <v>21</v>
       </c>
       <c r="D6" s="16">
-        <f>SUM(Dias!E110:E139)</f>
+        <f>SUM(Tage!E110:E139)</f>
         <v>8</v>
       </c>
       <c r="E6" s="17">
-        <f>SUM(Dias!F110:F139)</f>
+        <f>SUM(Tage!F110:F139)</f>
         <v>1</v>
       </c>
       <c r="F6" s="0">
-        <f>SUM(Dias!H110:H139)</f>
+        <f>SUM(Tage!H110:H139)</f>
         <v>0</v>
       </c>
       <c r="G6" s="0">
-        <f>SUM(Dias!L110:L139)</f>
+        <f>SUM(Tage!L110:L139)</f>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="19" t="s">
         <v>396</v>
       </c>
       <c r="B7" s="20">
         <f>SUM(B2:B6)</f>
         <v>138</v>
       </c>
       <c r="C7" s="20">
         <f>SUM(C2:C6)</f>
         <v>92</v>
       </c>
       <c r="D7" s="20">
         <f>SUM(D2:D6)</f>
         <v>40</v>
       </c>
       <c r="E7" s="20">
         <f>SUM(E2:E6)</f>
         <v>6</v>
       </c>
       <c r="F7" s="20">
         <f>SUM(F2:F6)</f>
@@ -9516,100 +9516,100 @@
       <c r="B1" s="7" t="s">
         <v>390</v>
       </c>
       <c r="C1" s="7" t="s">
         <v>391</v>
       </c>
       <c r="D1" s="7" t="s">
         <v>392</v>
       </c>
       <c r="E1" s="7" t="s">
         <v>393</v>
       </c>
       <c r="F1" s="7" t="s">
         <v>394</v>
       </c>
       <c r="G1" s="7" t="s">
         <v>395</v>
       </c>
       <c r="H1" s="14"/>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="18">
         <v>2023</v>
       </c>
       <c r="B2" s="0">
-        <f>SUM(Dias!C2:C18)</f>
+        <f>SUM(Tage!C2:C18)</f>
         <v>17</v>
       </c>
       <c r="C2" s="0">
-        <f>SUM(Dias!D2:D18)</f>
+        <f>SUM(Tage!D2:D18)</f>
         <v>9</v>
       </c>
       <c r="D2" s="16">
-        <f>SUM(Dias!E2:E18)</f>
+        <f>SUM(Tage!E2:E18)</f>
         <v>6</v>
       </c>
       <c r="E2" s="17">
-        <f>SUM(Dias!F2:F18)</f>
+        <f>SUM(Tage!F2:F18)</f>
         <v>2</v>
       </c>
       <c r="F2" s="0">
-        <f>SUM(Dias!H2:H18)</f>
+        <f>SUM(Tage!H2:H18)</f>
         <v>0</v>
       </c>
       <c r="G2" s="0">
-        <f>SUM(Dias!L2:L18)</f>
+        <f>SUM(Tage!L2:L18)</f>
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="18">
         <v>2024</v>
       </c>
       <c r="B3" s="0">
-        <f>SUM(Dias!C19:C139)</f>
+        <f>SUM(Tage!C19:C139)</f>
         <v>121</v>
       </c>
       <c r="C3" s="0">
-        <f>SUM(Dias!D19:D139)</f>
+        <f>SUM(Tage!D19:D139)</f>
         <v>83</v>
       </c>
       <c r="D3" s="16">
-        <f>SUM(Dias!E19:E139)</f>
+        <f>SUM(Tage!E19:E139)</f>
         <v>34</v>
       </c>
       <c r="E3" s="17">
-        <f>SUM(Dias!F19:F139)</f>
+        <f>SUM(Tage!F19:F139)</f>
         <v>4</v>
       </c>
       <c r="F3" s="0">
-        <f>SUM(Dias!H19:H139)</f>
+        <f>SUM(Tage!H19:H139)</f>
         <v>0</v>
       </c>
       <c r="G3" s="0">
-        <f>SUM(Dias!L19:L139)</f>
+        <f>SUM(Tage!L19:L139)</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="19" t="s">
         <v>396</v>
       </c>
       <c r="B4" s="20">
         <f>SUM(B2:B3)</f>
         <v>138</v>
       </c>
       <c r="C4" s="20">
         <f>SUM(C2:C3)</f>
         <v>92</v>
       </c>
       <c r="D4" s="20">
         <f>SUM(D2:D3)</f>
         <v>40</v>
       </c>
       <c r="E4" s="20">
         <f>SUM(E2:E3)</f>
         <v>6</v>
       </c>
       <c r="F4" s="20">
         <f>SUM(F2:F3)</f>
@@ -9633,54 +9633,54 @@
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
-      <vt:lpstr>Configuração</vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>Anos</vt:lpstr>
+      <vt:lpstr>Einstellungen</vt:lpstr>
+      <vt:lpstr>Tage</vt:lpstr>
+      <vt:lpstr>Wochen</vt:lpstr>
+      <vt:lpstr>Monate</vt:lpstr>
+      <vt:lpstr>Jahre</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>